--- v0 (2025-10-11)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2225">
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">nip_kepegawaian_baru</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
@@ -2004,50 +2004,56 @@
   <si>
     <t>Prof. Ir.I Ketut Aria Pria Utama, M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>S1 Teknik Perkapalan</t>
   </si>
   <si>
     <t>IMPLEMENTASI APLIKASI BANK SAMPAH UNTUK MENINGKATKAN PEMBERDAYAAN MASYARAKAT DALAM MENGELOLA SAMPAH DAN PENINGKATAN EKONOMI</t>
   </si>
   <si>
     <t>07/15/2023</t>
   </si>
   <si>
     <t>'196704301994021001</t>
   </si>
   <si>
     <t>Ir.Andy Mappa Jaya, M.T.</t>
   </si>
   <si>
     <t>PEMBUATAN KONSEP DESAIN DAN PRA RANCANGAN KAWASAN WISATA SEKAWAN SEJATI</t>
   </si>
   <si>
     <t>07/23/2021</t>
   </si>
   <si>
+    <t>PENGUATAN KAPASITAS MASYARAKAT LEWAT AKSI NYATA DAN TEKNOLOGI LOKASI : DESA CEPOKO, KECAMATAN BERBEK, KABUPATEN NGANJUK, JAWA  TIMUR</t>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
     <t>'196709151995121001</t>
   </si>
   <si>
     <t>Nur Ikhwan, S.T., M.Eng.</t>
   </si>
   <si>
     <t>'196711171997021001</t>
   </si>
   <si>
     <t>Dr.rer.nat. Ir.Aulia Muhammad Taufiq Nasution, M.Sc.</t>
   </si>
   <si>
     <t>PELATIHAN PENDAMPINGAN UNTUK PENINGKATAN KUALITAS PENGELOLAAN PRODUK MINYAK ATSIRI SEREH WANGI</t>
   </si>
   <si>
     <t>09/25/2021</t>
   </si>
   <si>
     <t>'196804251992101001</t>
   </si>
   <si>
     <t>Ir.I Gusti Ngurah Antaryama, Ph.D.</t>
   </si>
   <si>
     <t>USULAN RANCANGAN GEDUNG RAMAH LINGKUNGAN DAN INTERIOR RUANG PELAYANAN PUBLIK KANTOR KECAMATAN DAN KELURAHAN MULYOREJO SURABAYA  LOKASI : KOTA SURABAYA, PROVINSI JAWA TIMUR</t>
@@ -2085,68 +2091,50 @@
   <si>
     <t>PENGEMBANGAN KAMPUNG NELAYAN MELALUI RANCANG  BANGUN ALAT PENGERING IKAN DAN PEMBIMBINGAN TENTANG  MESIN PERAHU DI KELURAHAN KEDUNG COWEK, KECAMATAN  BULAK, KOTA SURABAYA</t>
   </si>
   <si>
     <t>07/13/2022</t>
   </si>
   <si>
     <t>'196808121994032001</t>
   </si>
   <si>
     <t>Prof. Dr.Trihastuti Agustinah, S.T., M.T.</t>
   </si>
   <si>
     <t>'196810021994032001</t>
   </si>
   <si>
     <t>Ir.Siti Rochimah, M.T., Ph.D.</t>
   </si>
   <si>
     <t>KKN ABMAS PELATIHAN ONLINE PEMBUATAN WEB DENGAN LARAVEL DI SMK NEGERI 10 SURABAYA UNTUK MENINGKATKAN KEMAMPUAN PENGAJAR DALAM MEMBERIKAN MATERI PEMBELAJARAN DI TENGAH COVID-19</t>
   </si>
   <si>
     <t>09/14/2020</t>
   </si>
   <si>
-    <t>'196811271997022004</t>
-[...16 lines deleted...]
-  <si>
     <t>'196901211993031002</t>
   </si>
   <si>
     <t>Dr. Ir.Hasan Ikhwani, M.Sc.</t>
   </si>
   <si>
     <t>SOSIALIASI HALAL DAN PENDAMPINGAN SERTIFIKASI HALAL UNTUK USAHA MIKRO PEMOTONGAN AYAM</t>
   </si>
   <si>
     <t>08/08/2021</t>
   </si>
   <si>
     <t>'196904081992032001</t>
   </si>
   <si>
     <t>Dr. Dra.Dian Saptarini, M.Sc.</t>
   </si>
   <si>
     <t>'196905071995121001</t>
   </si>
   <si>
     <t>Dr.Bambang Lelono Widjiantoro, S.T., M.T.</t>
   </si>
   <si>
     <t>SISTEM MONITORING PARAMETER KUALITAS AIR TAMBAK BERBASIS IOT PADA BUDI DAYA TAMBAK BANDENG</t>
@@ -2691,65 +2679,80 @@
   <si>
     <t>Prof.Suprapto, S.Si., M.Si., Ph.D.</t>
   </si>
   <si>
     <t>PENGOLAHAN AIR PAYAU MENJADI AIR HIGIENIS SECARA ELEKTROLISIS UNTUK MENGURANGI KADAR GARAM DI DESA SETROHADI, DUDUK SAMPEYAN, GRESIK</t>
   </si>
   <si>
     <t>08/04/2022</t>
   </si>
   <si>
     <t>'197209231998032001</t>
   </si>
   <si>
     <t>Dr.Santi Wulan Purnami, S.Si., M.Si.</t>
   </si>
   <si>
     <t>KKN ABMAS SOSIALISASI DAN PENDAMPINGAN HALAL PADA UKM PRODUK MAKANAN DAN MINUMAN YANG TERGABUNG DALAM ASOSIASI SINTESA SIDOARJO</t>
   </si>
   <si>
     <t>03/06/2020</t>
   </si>
   <si>
     <t>PENGELOLAAN SAMPAH BERBASIS PEMBERDAYAAN MASYARAKAT DI WISATA GRONJONG WARITI</t>
   </si>
   <si>
+    <t>'197210012003121002</t>
+  </si>
+  <si>
+    <t>Prof. Eko Setijadi, S.T., M.T., Ph.D.</t>
+  </si>
+  <si>
+    <t>PENGUATAN KAPASITAS SANTRI DI BIDANG TEKNOLOGI: IMPLEMENTASI PROGRAM SANTRI CERDAS TEKNOLOGI DALAM RANGKA KOLABORASI ILMU DAN IMAN DI PONDOK PESANTREN MODERN NURUS SA'ADAH SIDOARJO</t>
+  </si>
+  <si>
+    <t>06/30/2025</t>
+  </si>
+  <si>
     <t>'197212071997022001</t>
   </si>
   <si>
     <t>Dr.Dwi Endah Kusrini, S.Si, M.Si.</t>
   </si>
   <si>
+    <t>KKN TEMATIK LITERASI DIGITAL PERPUSTAKAAN BAITUL HIKMAH</t>
+  </si>
+  <si>
+    <t>PELATIHAN ARTIFICIAL INTELLIGENCE PADA SISWA SMK UNTUK MENINGKATKAN  COMPUTATIONAL THINKING  LOKASI : WONOKROMO, SURABAYA, JAWA TIMUR</t>
+  </si>
+  <si>
     <t>KKNT RELAWAN COVID-19 NASIONAL KEMDIKBUD MENINGKATKAN KESADARAN SERTA PENGETAHUAN MENGENAI KESAHATAN MASYARAKAT DALAM MENGHADAPI ADAPTASI KEBIASAAN BARU DAN UPAYA MEMULIHKAN KETAHANAN EKONOMI PADA MASA PANDEMI COVID-19 DI LINGKUNGAN SOSIAL SEKITAR</t>
   </si>
   <si>
     <t>RELAWAN COVID 19 KEMDIKBUD MENINGKATAN KESADARAN SERTA PENGETAHUAN MENGENAI KESEHATAN MASYARAKAT DALAM MENGHADAPI ADAPTASI KEBIASAAN BARU DAN UPAYA MEMULIHKAN KETAHANAN EKONOMI PADA MASA PANDEMI COVID-19 DI LINGKUNGAN SOSIAL SEKITAR</t>
   </si>
   <si>
-    <t>PELATIHAN ARTIFICIAL INTELLIGENCE PADA SISWA SMK UNTUK MENINGKATKAN  COMPUTATIONAL THINKING  LOKASI : WONOKROMO, SURABAYA, JAWA TIMUR</t>
-[...1 lines deleted...]
-  <si>
     <t>'197212261997021001</t>
   </si>
   <si>
     <t>Wahyu Setyawan, S.T., M.T.</t>
   </si>
   <si>
     <t>KKN KOLABORASI PTN JATIM PEDULI SEMERU</t>
   </si>
   <si>
     <t>12/20/2021</t>
   </si>
   <si>
     <t>'197301121998022001</t>
   </si>
   <si>
     <t>Dr.Afifah Rosyidah, S.Si., M.Si.</t>
   </si>
   <si>
     <t>KKN ABMAS: PENGEMBANGAN DAN PENINGKATAN KUALITAS ANEKA OLAHAN BANDENG:  UPAYA PENINGKATAN DAYA SAING LOKAL MELALUI PENGUATAN UMKM  DI KELURAHAN KEPUTIH</t>
   </si>
   <si>
     <t>PENGEMBANGAN TEKNOLOGI PADA PENGELOLAAN PRODUK UMKM MENUJU KAMPUNG CERDAS EKONOMI DI KELURAHAN KEPUTIH SURABAYA</t>
   </si>
   <si>
     <t>PENGEMBANGAN TEKNOLOGI DAN DIVERSIFIKASI PRODUK IKAN UMKM DI KALIREJO KABUPATEN GRESIK MENUJU WILAYAH CERDAS EKONOMI</t>
@@ -3255,51 +3258,51 @@
   <si>
     <t>'197612092003121001</t>
   </si>
   <si>
     <t>R Eka Rizkiantono, S.Sn, M.Ds</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: PENDAMPINGAN BELAJAR LITERASI DAN NUMERASI SISWA SEKOLAH  DASAR SELAMA MASA PANDEMI COVID-19  DI BLITAR RAYA</t>
   </si>
   <si>
     <t>'197612292009121001</t>
   </si>
   <si>
     <t>Dr.Eng.Kusdianto, S.T., M.Sc.Eng.</t>
   </si>
   <si>
     <t>PEMBUATAN PUPUK CAIR DARI SAMPAH RUMAH TANGGA DAN  PEMANFAATNYA UNTUK TANAMAN HYDROPONIK DAN BUDIDAYA  IKAN DI DUSUN NONO, KEMIRI, PACET, MOJOKERTO</t>
   </si>
   <si>
     <t>06/26/2022</t>
   </si>
   <si>
     <t>'197701162003122007</t>
   </si>
   <si>
-    <t>Diah Susanti, S.T., M.T., Ph.D.</t>
+    <t>Prof.Diah Susanti, S.T., M.T., Ph.D.</t>
   </si>
   <si>
     <t>S1 Teknik Material dan Metalurgi</t>
   </si>
   <si>
     <t>PEMBUATAN LAMPU HIAS DAN SEL SURYA UNTUK IKON WILAYAH SEBAGAI SALAH  SATU TAHAP PERSIAPAN DESA WISATA RELIGI DI BUKIT MAYAPADA KAWASAN  PONPES AL KHOIRIYAH KEC. SUMBERGEMPOL, TULUNGAGUNG</t>
   </si>
   <si>
     <t>PEMBUATAN LAMPU HIAS DAN SEL SURYA</t>
   </si>
   <si>
     <t>07/07/2023</t>
   </si>
   <si>
     <t>PEMBUATAN LAMPU HIAS UNTUK IKON WILAYAH DESA WISATA RELIGI DI BUKIT MAYAPADA TULUNGAGUNG</t>
   </si>
   <si>
     <t>PENGABDIAN KEPADA MASYARAKAT SKEMA ABMAS MAHASISWA KKN-PM</t>
   </si>
   <si>
     <t>ABMAS MAHASISWA - KKN PM</t>
   </si>
   <si>
     <t>ABMAS MAHASISWA KKN-PM</t>
   </si>
@@ -3333,84 +3336,84 @@
   <si>
     <t>'197705292014041001</t>
   </si>
   <si>
     <t>Gogor Arif H, S.T., M.MT.</t>
   </si>
   <si>
     <t>KKN ABMAS STUDI KELAYAKAN PUSAT HERBAL DAN TEKNOLOGI PARK BERBASIS CIRCULAR ECONOMY DI KOTA BATU</t>
   </si>
   <si>
     <t>KAJIAN TRIPLE HELIX PRODUK BARU INOVATIF INCINERATOR BUMDES MENUJU PERUSAHAAN SPIN OFF</t>
   </si>
   <si>
     <t>REDESAIN SISTEM PENGOLAHAN PRODUK BERBASIS IKAN (MESIN STORAGE, PEMBERDAYAAN BISNIS DAN INDUSTRI)</t>
   </si>
   <si>
     <t>'197706212002121002</t>
   </si>
   <si>
     <t>Arief Rahman, S.T., M.Sc.</t>
   </si>
   <si>
     <t>'197708022008011007</t>
   </si>
   <si>
-    <t>Dr.Eng.Muhammad Badrus Zaman, S.T., M.T.</t>
+    <t>Prof.Dr.Eng.Muhammad Badrus Zaman, S.T., M.T.</t>
   </si>
   <si>
     <t>PENGEMBANGAN PRODUK MENU HALAL, SEHAT DAN MODERN  PADA KANTIN TEKNIK SISTEM PERKAPALAN ITS</t>
   </si>
   <si>
     <t>07/30/2021</t>
   </si>
   <si>
     <t>PENGEMBANGAN DAN SERTIFIKASI HALAL PRODUK MAKANAN SENTRA KULINER PADA UMKM DI KAMAL, BANGKALAN</t>
   </si>
   <si>
     <t>'197711272002121002</t>
   </si>
   <si>
     <t>Prof. Gunawan Nugroho, S.T., M.T., Ph.D.</t>
   </si>
   <si>
     <t>'197712082005011002</t>
   </si>
   <si>
     <t>Prof.Mohammad Arif Rohman, S.T., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>KKN KOLABORASI PTN JATIM PELATIHAN MANAJEMEN KEUANGAN UMKM KONSTRUKSI DI SURABAYA UNTUK KEBERLANJUTAN KINERJA USAHA</t>
   </si>
   <si>
     <t>07/29/2020</t>
   </si>
   <si>
     <t>'197712242008011006</t>
   </si>
   <si>
-    <t>Prof.Dr.rer.-nat.Edwin Setiawan, S.Si., M.Sc.</t>
+    <t>Prof.Dr.rer.nat.Edwin Setiawan, S.Si., Bio.Cur., M.Sc.</t>
   </si>
   <si>
     <t>OPTIMALISASI PRODUK FITOREMEDIATOR DALAM MANAJEMEN KUALITAS AIR PADA AKUAKULTUR SEMI INTENSIF IKAN NILA OREOCHROMIS NILOTICUS (LINNAEUS, 1758)</t>
   </si>
   <si>
     <t>01/23/2022</t>
   </si>
   <si>
     <t>'197712312006042001</t>
   </si>
   <si>
     <t>S Kamilia Aziz, S.T., M.T.</t>
   </si>
   <si>
     <t>'197801082003121002</t>
   </si>
   <si>
     <t>Cahyono Susetyo, S.T., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>PEMETAAN UMKM PASCA PANDEMI COVID-19 BERBASIS SISTEM INFORMASI GEOGRAFIS (SIG)</t>
   </si>
   <si>
     <t>'197801132002121003</t>
   </si>
@@ -3828,51 +3831,51 @@
   <si>
     <t>PELATIHAN KEGIATAN PEMBELAJARAN BERBASIS TEKNOLOGI INFORMASI MENGGUNAKAN MOODLE UNTUK GURU SMAN 1 PACET MOJOKERTO</t>
   </si>
   <si>
     <t>06/24/2021</t>
   </si>
   <si>
     <t>'198007242008121002</t>
   </si>
   <si>
     <t>Prof. Adi Setyo Purnomo, S.Si., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>DISEMINASI HASIL PATEN MEDIA TANAM JAMUR DAN ALAT STERILISASI BAGLOG JAMUR PADA KELOMPOK TANI “JEMPOLAN”</t>
   </si>
   <si>
     <t>06/29/2022</t>
   </si>
   <si>
     <t>DISEMINASI TEKNOLOGI FOTOKATALITIK DAN SOLAR CELL PADA REAKTOR DEKOLORISASI LIMBAH PEWARNA DARI KERAJINAN TENUN IKAT DI DESA PARENGAN,  KECAMATAN MADURAN KABUPATEN LAMONGAN SEBAGAI UPAYA TERCIPTANYA DESA CERDAS LINGKUNGAN UNTUK MENGURANGI PENCEMARAN PEWARNA DI SUNGAI BENGAWAN SOLO</t>
   </si>
   <si>
     <t>'198009162009121002</t>
   </si>
   <si>
-    <t>Moh. Singgih Purwanto, S.Si., M.T.</t>
+    <t>Dr.Moh. Singgih Purwanto, S.Si., M.T.</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: EDUKASI KEBIASAAN HIDUP SEHAT KECAMATAN SUKOLILO, KELURAHAN GEBANG PUTIH</t>
   </si>
   <si>
     <t>'198011032002122001</t>
   </si>
   <si>
     <t>Sri Fatmawati, S.Si., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>'198012212003121001</t>
   </si>
   <si>
     <t>Prof. Ir.Lalu Muhamad Jaelani, S.T., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>KKN KEBANGSAAN &amp;AMP; KKN BERSAMA KE – XI TAHUN 2023 : MENEGUHKAN NILAI-NILAI KEBANGSAAN UNTUK MENJAGA KEUTUHAN NKRI DI WILAYAH PERBATASAN. KOTA PONTIANAK, KABUPATEN SAMBAS, KABUPATEN BENGKAYANG – PROVINSI KALIMANTAN BARAT</t>
   </si>
   <si>
     <t>02/10/2020</t>
   </si>
   <si>
     <t>KKN KOLABORASI DUTA PERUBAHAN PERILAKU COVID-19  SOSIALISASI KEGIATAN 3M (MENJAGA JARAK, MENCUCI TANGAN, DAN MEMAKAI MASKER) SELAMA MASA PANDEMI COVID-19 DI KOTA SURABAYA OLEH DUTA PP SURABAYA</t>
   </si>
@@ -4374,51 +4377,51 @@
   <si>
     <t>Warlinda Eka Triastuti, S.Si., M.T.</t>
   </si>
   <si>
     <t>PELATIHAN TEKNIK PENGOLAHAN PANGAN DAN PERANCANGAN MESIN PENCETAK NUGGET 'KARAKTER' UNTUK PENINGKATAN KUALITAS DAN DIVERSIFIKASI PRODUK LELE OLAHAN</t>
   </si>
   <si>
     <t>05/15/2022</t>
   </si>
   <si>
     <t>IMPLEMENTASI PROGRAM KKN ABMAS ITS UNTUK MENINGKATKAN KESEJAHTERAAN UMKM DI DESA SUMBEREJO KOTA BATU MELALUI PENDAFTARAN SERTIFIKAT HALAL DENGAN MEKANISME SELF DECLARE LOKASI : (SUMBEREJO, BATU, JAWA TIMUR)</t>
   </si>
   <si>
     <t>PENDAMPINGAN UMKM BINAAN UD. ABIBA MENUJU SERTIFIKASI HALAL</t>
   </si>
   <si>
     <t>05/29/2021</t>
   </si>
   <si>
     <t>RANCANG BANGUN MESIN PENGGORENG SEMI OTOMATIS UNTUK KERUPUK LELE</t>
   </si>
   <si>
     <t>'198303282014041002</t>
   </si>
   <si>
-    <t>Rabendra Yudistira Alamin, S.T., M.Ds.</t>
+    <t>Dr.Rabendra Yudistira Alamin, S.T., M.Ds.</t>
   </si>
   <si>
     <t>'198304012014042001</t>
   </si>
   <si>
     <t>Effi Latiffianti, S.T., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>'198304102006042001</t>
   </si>
   <si>
     <t>Dr.Senja Aprela Agustin, S.T., M.Ds.</t>
   </si>
   <si>
     <t>KELAS KREATIF ONLINE DENGAN MEDIA VIDEO TUTORIAL SENI DAN KERAJINAN UNTUK ANAK USIA 6-7 TAHUN DI KOMUNITAS KAMPUNG NELAYAN CUMPAT</t>
   </si>
   <si>
     <t>05/19/2021</t>
   </si>
   <si>
     <t>'198305052014041001</t>
   </si>
   <si>
     <t>Muhammad Saiful Hakim, S.E., M.M., Ph.D.</t>
   </si>
@@ -4803,50 +4806,56 @@
   <si>
     <t>'1985202011028</t>
   </si>
   <si>
     <t>Saifuddin, S.Si., M.Sc., Ph.D.</t>
   </si>
   <si>
     <t>ALAT PERAGA EDUKATIF TERKAIT MITIGASI GEMPA BUMI DI SDN 1 CANDIMULYO MADIUN</t>
   </si>
   <si>
     <t>'1985202012029</t>
   </si>
   <si>
     <t>Niken Anggraini Savitri, S.T., M.T.</t>
   </si>
   <si>
     <t>PENDAMPINGAN SINERGIS DAN BERKELANJUTAN TERHADAP PELAKU USAHA WARUNG MAKAN DI SURABAYA GUNA MENDUKUNG PROSES SERTIFIKASI HALAL</t>
   </si>
   <si>
     <t>MEMBANGUN KOMUNITAS HALAL GRESIK, MOJOKERTO, DAN SURABAYA MELALUI SOSIALISASI DAN PENDAMPINGAN</t>
   </si>
   <si>
     <t>PENINGKATAN KOLABORASI RANTAI PASOK UNTUK MENDUKUNG KESIAPAN UMKM MENUJU TRANSFORMASI DIGITAL YANG BERSERTIFIKASI HALAL</t>
   </si>
   <si>
+    <t>'198601092014042001</t>
+  </si>
+  <si>
+    <t>Irmasari Hafidz, S.Kom., M.Sc.</t>
+  </si>
+  <si>
     <t>'198601122015041002</t>
   </si>
   <si>
     <t>Didit Prasetyo, S.T., M.T.</t>
   </si>
   <si>
     <t>'198602122015041001</t>
   </si>
   <si>
     <t>Muhammad Hafiizh Imaaduddiin, S.T., M.T.</t>
   </si>
   <si>
     <t>KEGIATAN DAN TINDAKAN TANGGAP BENCANA PADA DESA WIROTAMAN DENGAN PEMANFAATAN POTENSI SUMBER MATA AIR UNTUK PERENCANAAN DISTRIBUSI JARINGAN AIR BERSIH PADA LOKASI KEJADIAN BENCANA DI MALANG SELATAN – JAWA TIMUR</t>
   </si>
   <si>
     <t>09/19/2021</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: PENCEGAHAN DAN PENANGGULANGAN PERSEBARAN COVID-19 DI KELURAHAN PACARKELING, RT.06 , KOTA SURABAYA</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: PENCEGAHAN DAN PENANGGULANGAN COVID-19  DI KELURAHAN KEPUTIH, RT 02 KOTA SURABAYA</t>
   </si>
   <si>
     <t>08/05/2020</t>
@@ -4923,51 +4932,51 @@
   <si>
     <t>06/07/2024</t>
   </si>
   <si>
     <t>'198607222015042003</t>
   </si>
   <si>
     <t>Nurul Fajrin Ariyani, S.Kom., M.Sc.</t>
   </si>
   <si>
     <t>PENGEMBANGAN APLIKASI MOBILE SITERNAK UNTUK PETERNAK DI DESA BINAAN LAZ AL-AZHAR</t>
   </si>
   <si>
     <t>'198608232015041004</t>
   </si>
   <si>
     <t>Abdul Munif, S.Kom., M.Sc.Eng.</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: OPTIMALISASI MEDIA SOSIAL UNTUK EDUKASI KESEHATAN MASYARAKAT KEPADA  MASYARAKAT KELURAHAN TANJUNGANOM DALAM MENGHADAPI PANDEMI COVID-19</t>
   </si>
   <si>
     <t>'198609202018032001</t>
   </si>
   <si>
-    <t>Putri Dwitasari, S.T., M.Ds.</t>
+    <t>Dr.Putri Dwitasari, S.T., M.Ds.</t>
   </si>
   <si>
     <t>'198612132015042001</t>
   </si>
   <si>
     <t>Amalia Utamima, S.Kom., M.BA., Ph.D.</t>
   </si>
   <si>
     <t>'1986201911091</t>
   </si>
   <si>
     <t>Dimas Pustaka Dibiantara, S.T., M.Sc.</t>
   </si>
   <si>
     <t>'198701082015042002</t>
   </si>
   <si>
     <t>Iim Fatimah, S.Si., M.Si.</t>
   </si>
   <si>
     <t>PEMBERDAYAAN MASYARAKAT MELALUI PELATIHAN HIDROPONIK SEBAGAI UPAYA PEMANFAATAN PEKARANGAN RUMAH DI DESA CANDIMULYO DOLOPO MADIUN</t>
   </si>
   <si>
     <t>07/21/2022</t>
   </si>
@@ -5850,51 +5859,51 @@
   <si>
     <t>'1991201912080</t>
   </si>
   <si>
     <t>Fenty Ratna Indarti, S.T., M.Arch.</t>
   </si>
   <si>
     <t>PERENCANAAN RUMAH TAHFIDZ RAMAH LINGKUNGAN</t>
   </si>
   <si>
     <t>'1991201912094</t>
   </si>
   <si>
     <t>Puti Sinansari, S.T., M.M.</t>
   </si>
   <si>
     <t>PEMBERDAYAAN PENGRAJIN ANYAMAAN DUSUN PATUK JOMBANG DENGAN MENINGKATKAN INOVASI PRODUK KITCHENWARE BERBAHAN DASAR BAMBU</t>
   </si>
   <si>
     <t>05/26/2021</t>
   </si>
   <si>
     <t>'1991202012059</t>
   </si>
   <si>
-    <t>Galuh Oktavia Siswono, S.Si., M.Si., M.Act,Sc.</t>
+    <t>Galuh Oktavia Siswono, S.Si., M.Si., M.Act.Sc.</t>
   </si>
   <si>
     <t>'199111222020122014</t>
   </si>
   <si>
     <t>Novi Andriany Teguh, S.T., M.Sc.</t>
   </si>
   <si>
     <t>PEMBUATAN PROTOTIPE PEMBANGKIT LISTRIK TENAGA MIKROHIDRO (PLTMH) UNTUK DESA WISATA TERPADU LEMBAH MBENCIRANG</t>
   </si>
   <si>
     <t>'1991202011002</t>
   </si>
   <si>
     <t>Mashuri, S.Si., M.T.</t>
   </si>
   <si>
     <t>PEMBERDAYAAN UMKM “PARINGAN HEBAT” MELALUI EDUKASI DIGITAL DAN MARKETING GUNA MENINGKATKAN KOMPETENSI DAN KESEJAHTERAAN MASYARAKAT DESA PARINGAN</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: PENDAMPINGAN KEGIATAN LITERASI DAN NUMERASI SISWA DI  SEKOLAH DASAR YANG MENGASYIKKAN DI TENGAH KONDISI PANDEMI</t>
   </si>
   <si>
     <t>KKNT RECON KEMDIKBUD: PENGABDIAN LITERASI DAN NUMERASI TERHADAP SISWA  SD NEGERI 3 NGASINAN</t>
   </si>
@@ -5994,51 +6003,51 @@
   <si>
     <t>PEMBERDAYAAN UMKM BINAAN KECAMATAN GAYUNGAN “SENTRA WISATA KULINER” DALAM BERSAING PRODUK HALAL</t>
   </si>
   <si>
     <t>PEMBERDAYAAN KARANG TARUNA GUNA MEWUJUDKAN LINGKUNGAN BEBAS PLASTIK DI KECAMATAN KENJERAN DENGAN METODE ECOBRICK</t>
   </si>
   <si>
     <t>07/16/2023</t>
   </si>
   <si>
     <t>PENDIDIKAN BUDAYA PANGAN NUSANTARA GUNA PEMBENTUKAN KARAKTER PELAJAR SEKOLAH DASAR DI SURABAYA BERBASIS DIGITAL</t>
   </si>
   <si>
     <t>PEMBERDAYAAN UMKM BINAAN KOPERASI WANITA  “SETIA BHAKTI WANITA” DALAM BERSAING PRODUK HALAL</t>
   </si>
   <si>
     <t>STRATEGI PENDIDIKAN TERPADU UNTUK PENGELOLAAN SUMBER DAYA DAN KEBERLANJUTAN DI SEKOLAH DASAR: IMPLEMENTASI PENGOMPOSAN LIMBAH, PEMBUATAN SANITIZER, DAN EDUKASI GIZI LOKASI : SDN JAGIR 1, SURABAYA</t>
   </si>
   <si>
     <t>PENDAMPINGAN SERTIFIKASI HALAL UMKM KELURAHAN   JAGIR GUNA MENUJU KAMPUNG MADANI SURABAYA  LOKASI : KELURAHAN JAGIR, KECAMATAN WONOKROMO,   SURABAYA, JAWA TIMUR</t>
   </si>
   <si>
     <t>'1992201711035</t>
   </si>
   <si>
-    <t>Novri Suhermi, S.Si., M.Si.</t>
+    <t>Novri Suhermi, S.Si., M.Si., M.Sc.</t>
   </si>
   <si>
     <t>'1992201711049</t>
   </si>
   <si>
     <t>Dr.Nurhadi Siswantoro, S.T., M.T.</t>
   </si>
   <si>
     <t>PENDAMPINGAN UMKM DAN PROMOSI KAWASAN ECO WISATA TEMPURAN</t>
   </si>
   <si>
     <t>'1992201911067</t>
   </si>
   <si>
     <t>Hamdan Dwi Rizqi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>PEMBERDAYAAN KARANG TARUNA PANCA DUTA BAKRA DI DESA BARENGKRAJAN DALAM PENGOLAHAN LIMBAH KELAPA MENJADI BRIKET BIOARANG SEBAGAI USAHA EKONOMIS PRODUKTIF</t>
   </si>
   <si>
     <t>DESAIN PENGEMBANGAN SILVOPASTURA BAMBU UNTUK MENDUKUNG PEMBANGKIT LISTRIK JAWA-BALI</t>
   </si>
   <si>
     <t>'1992201912084</t>
   </si>
@@ -6381,60 +6390,69 @@
   <si>
     <t>PENGEMBANGAN WISATA BERBASIS KETAHANAN IKLIM ADAPTIF PADA KAWASAN WISATA GILI KETAPANG</t>
   </si>
   <si>
     <t>PEMBERDAYAAN MASYARAKAT MELALUI SISTEM PENGELOLAAN SAMPAH TERPADU DESA KALIREJO BERBASIS MITIGASI BENCANA LOKASI : (KECAMATAN DUKUN, KABUPATEN GRESIK, JAWA TIMUR)</t>
   </si>
   <si>
     <t>02/01/2024</t>
   </si>
   <si>
     <t>'1995202312062</t>
   </si>
   <si>
     <t>Shafira Aulia Rosyida Irawan, S.PWK., M.Sc.</t>
   </si>
   <si>
     <t>PERENCANAAN DESTINASI WISATA BERBASIS KEARIFAN LOKAL LOKASI DESA MELUWUR, KECAMATAN GLAGAH, KABUPATEN LAMONGAN, PROVINSI JAWA TIMUR</t>
   </si>
   <si>
     <t>'2022199611028</t>
   </si>
   <si>
     <t>IRZAL AHMAD SABILLA, S.Kom., M.Kom.</t>
   </si>
   <si>
+    <t>'1996202311049</t>
+  </si>
+  <si>
+    <t>Akhmad Ibnu Hija, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>PENGAPLIKASIAN SISTEM AQUAPONIC MENGGUNAKAN SUMBER ENERGI ALTERNATIF PHOTOVOLTAIC UNTUK MENUMBUHKAN EKONOMI KREATIF DI KARANG TARUNA ERGAMOR DI DESA ROOMO KECAMATAN MANYAR, KABUPATEN GRESIK</t>
+  </si>
+  <si>
     <t>'1997202012047</t>
   </si>
   <si>
     <t>Safira Firdaus Mujiyanti, S.T., M.T.</t>
   </si>
   <si>
+    <t>IMPLEMENTASI TEKNOLOGI PAKAN OTOMATIS PADA AERATOR MENGGUNAKAN  PHOTOVOLTAIC GUNA MENINGKATKAN PERTUMBUHAN IKAN GURAME DI DESA  WONOREJO, TULUNGAGUNG  LOKASI : (KECAMATAN SUMBERGEMPOL, KABUPATEN TULUNGAGUNG, JAWA  TIMUR)</t>
+  </si>
+  <si>
     <t>PENERAPAN SISTEM MONITORING DAN KONTROL OTOMATIS TERINTEGRASI IOT UNTUK VERTICAL CRAB HOUSE PADA MITRA PT. CRAB CRAB AQUATIC UNTUK MENURUNKAN RISIKO KEMATIAN KEPITING BAKAU</t>
-  </si>
-[...1 lines deleted...]
-    <t>IMPLEMENTASI TEKNOLOGI PAKAN OTOMATIS PADA AERATOR MENGGUNAKAN  PHOTOVOLTAIC GUNA MENINGKATKAN PERTUMBUHAN IKAN GURAME DI DESA  WONOREJO, TULUNGAGUNG  LOKASI : (KECAMATAN SUMBERGEMPOL, KABUPATEN TULUNGAGUNG, JAWA  TIMUR)</t>
   </si>
   <si>
     <t>'2022199711021</t>
   </si>
   <si>
     <t>Rivan Aji Wahyu Dyan Syafitri, S.PWK., M.Ars.</t>
   </si>
   <si>
     <t>'2022199711052</t>
   </si>
   <si>
     <t>Muhammad Alifian Nuriman, S.Stat., M.Stat.</t>
   </si>
   <si>
     <t>'1998202311050</t>
   </si>
   <si>
     <t>Kafi Hannan Alhadi, S.T., M.T.</t>
   </si>
   <si>
     <t>RANCANG BANGUN MESIN PENGADUK MULTIFUNGSI GUNA MENINGKATKAN POTENSI DAN MEMBANTU UMKM DENGAN KEBUTUHAN PENCAMPURAN BAHAN YANG TERDAPAT DI KOTA  BLITAR, JAWA TIMUR</t>
   </si>
   <si>
     <t>08/20/2024</t>
   </si>
@@ -7103,51 +7121,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H1352"/>
+  <dimension ref="A1:H1354"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="24.708252" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="70.697021" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.560791" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="58.842773" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="16.424561" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="332.633057" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="21.137695" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="12.854004" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
@@ -14905,25605 +14923,25649 @@
       <c r="A313" t="s">
         <v>630</v>
       </c>
       <c r="B313" t="s">
         <v>631</v>
       </c>
       <c r="C313" t="s">
         <v>412</v>
       </c>
       <c r="D313" t="s">
         <v>74</v>
       </c>
       <c r="E313">
         <v>1</v>
       </c>
       <c r="F313" t="s">
         <v>632</v>
       </c>
       <c r="G313" t="s">
         <v>633</v>
       </c>
       <c r="H313"/>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>630</v>
+      </c>
+      <c r="B314" t="s">
+        <v>631</v>
+      </c>
+      <c r="C314" t="s">
+        <v>412</v>
+      </c>
+      <c r="D314" t="s">
+        <v>74</v>
+      </c>
+      <c r="E314">
+        <v>1</v>
+      </c>
+      <c r="F314" t="s">
         <v>634</v>
       </c>
-      <c r="B314" t="s">
+      <c r="G314" t="s">
         <v>635</v>
-      </c>
-[...13 lines deleted...]
-        <v>132</v>
       </c>
       <c r="H314"/>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>636</v>
       </c>
       <c r="B315" t="s">
         <v>637</v>
       </c>
       <c r="C315" t="s">
-        <v>242</v>
+        <v>278</v>
       </c>
       <c r="D315" t="s">
         <v>65</v>
       </c>
       <c r="E315">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F315" t="s">
-        <v>638</v>
+        <v>131</v>
       </c>
       <c r="G315" t="s">
-        <v>639</v>
-[...3 lines deleted...]
-      </c>
+        <v>132</v>
+      </c>
+      <c r="H315"/>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>638</v>
+      </c>
+      <c r="B316" t="s">
+        <v>639</v>
+      </c>
+      <c r="C316" t="s">
+        <v>242</v>
+      </c>
+      <c r="D316" t="s">
+        <v>65</v>
+      </c>
+      <c r="E316">
+        <v>1</v>
+      </c>
+      <c r="F316" t="s">
         <v>640</v>
       </c>
-      <c r="B316" t="s">
+      <c r="G316" t="s">
         <v>641</v>
       </c>
-      <c r="C316" t="s">
-[...14 lines deleted...]
-      <c r="H316"/>
+      <c r="H316">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>642</v>
+      </c>
+      <c r="B317" t="s">
+        <v>643</v>
+      </c>
+      <c r="C317" t="s">
+        <v>412</v>
+      </c>
+      <c r="D317" t="s">
+        <v>74</v>
+      </c>
+      <c r="E317">
+        <v>1</v>
+      </c>
+      <c r="F317" t="s">
         <v>644</v>
       </c>
-      <c r="B317" t="s">
+      <c r="G317" t="s">
         <v>645</v>
       </c>
-      <c r="C317" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H317"/>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>646</v>
+      </c>
+      <c r="B318" t="s">
         <v>647</v>
       </c>
-      <c r="B318" t="s">
+      <c r="C318" t="s">
+        <v>361</v>
+      </c>
+      <c r="D318" t="s">
+        <v>166</v>
+      </c>
+      <c r="E318">
+        <v>1</v>
+      </c>
+      <c r="F318" t="s">
         <v>648</v>
       </c>
-      <c r="C318" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G318" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="H318"/>
+        <v>122</v>
+      </c>
+      <c r="H318">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>649</v>
+      </c>
+      <c r="B319" t="s">
         <v>650</v>
       </c>
-      <c r="B319" t="s">
+      <c r="C319" t="s">
         <v>651</v>
       </c>
-      <c r="C319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D319" t="s">
-        <v>65</v>
+        <v>319</v>
       </c>
       <c r="E319">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F319" t="s">
-        <v>652</v>
+        <v>510</v>
       </c>
       <c r="G319" t="s">
-        <v>524</v>
+        <v>511</v>
       </c>
       <c r="H319"/>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B320" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C320" t="s">
         <v>278</v>
       </c>
       <c r="D320" t="s">
         <v>65</v>
       </c>
       <c r="E320">
         <v>1</v>
       </c>
       <c r="F320" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="G320" t="s">
-        <v>654</v>
+        <v>524</v>
       </c>
       <c r="H320"/>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>652</v>
+      </c>
+      <c r="B321" t="s">
+        <v>653</v>
+      </c>
+      <c r="C321" t="s">
+        <v>278</v>
+      </c>
+      <c r="D321" t="s">
+        <v>65</v>
+      </c>
+      <c r="E321">
+        <v>1</v>
+      </c>
+      <c r="F321" t="s">
         <v>655</v>
       </c>
-      <c r="B321" t="s">
+      <c r="G321" t="s">
         <v>656</v>
-      </c>
-[...13 lines deleted...]
-        <v>191</v>
       </c>
       <c r="H321"/>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>657</v>
       </c>
       <c r="B322" t="s">
         <v>658</v>
       </c>
       <c r="C322" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="D322" t="s">
         <v>44</v>
       </c>
       <c r="E322">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F322" t="s">
-        <v>659</v>
+        <v>453</v>
       </c>
       <c r="G322" t="s">
-        <v>660</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="H322"/>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>659</v>
+      </c>
+      <c r="B323" t="s">
+        <v>660</v>
+      </c>
+      <c r="C323" t="s">
+        <v>53</v>
+      </c>
+      <c r="D323" t="s">
+        <v>44</v>
+      </c>
+      <c r="E323">
+        <v>1</v>
+      </c>
+      <c r="F323" t="s">
         <v>661</v>
       </c>
-      <c r="B323" t="s">
+      <c r="G323" t="s">
         <v>662</v>
-      </c>
-[...13 lines deleted...]
-        <v>664</v>
       </c>
       <c r="H323">
         <v>1.0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B324" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C324" t="s">
-        <v>165</v>
+        <v>318</v>
       </c>
       <c r="D324" t="s">
-        <v>166</v>
+        <v>319</v>
       </c>
       <c r="E324">
         <v>1</v>
       </c>
       <c r="F324" t="s">
         <v>665</v>
       </c>
       <c r="G324" t="s">
         <v>666</v>
       </c>
       <c r="H324">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B325" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C325" t="s">
-        <v>165</v>
+        <v>318</v>
       </c>
       <c r="D325" t="s">
-        <v>166</v>
+        <v>319</v>
       </c>
       <c r="E325">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F325" t="s">
-        <v>112</v>
+        <v>362</v>
       </c>
       <c r="G325" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H325"/>
+        <v>363</v>
+      </c>
+      <c r="H325">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>667</v>
       </c>
       <c r="B326" t="s">
         <v>668</v>
       </c>
       <c r="C326" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
       <c r="D326" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E326">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F326" t="s">
-        <v>669</v>
+        <v>407</v>
       </c>
       <c r="G326" t="s">
-        <v>670</v>
+        <v>122</v>
       </c>
       <c r="H326">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>667</v>
       </c>
       <c r="B327" t="s">
         <v>668</v>
       </c>
       <c r="C327" t="s">
-        <v>318</v>
+        <v>36</v>
       </c>
       <c r="D327" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E327">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F327" t="s">
-        <v>362</v>
+        <v>39</v>
       </c>
       <c r="G327" t="s">
-        <v>363</v>
+        <v>40</v>
       </c>
       <c r="H327">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B328" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="C328" t="s">
         <v>36</v>
       </c>
       <c r="D328" t="s">
         <v>11</v>
       </c>
       <c r="E328">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F328" t="s">
-        <v>407</v>
+        <v>521</v>
       </c>
       <c r="G328" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="H328"/>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>669</v>
+      </c>
+      <c r="B329" t="s">
+        <v>670</v>
+      </c>
+      <c r="C329" t="s">
+        <v>242</v>
+      </c>
+      <c r="D329" t="s">
+        <v>65</v>
+      </c>
+      <c r="E329">
+        <v>2</v>
+      </c>
+      <c r="F329" t="s">
         <v>671</v>
       </c>
-      <c r="B329" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G329" t="s">
-        <v>40</v>
+        <v>666</v>
       </c>
       <c r="H329">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B330" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C330" t="s">
-        <v>36</v>
+        <v>137</v>
       </c>
       <c r="D330" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E330">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F330" t="s">
-        <v>521</v>
+        <v>674</v>
       </c>
       <c r="G330" t="s">
-        <v>522</v>
+        <v>675</v>
       </c>
       <c r="H330"/>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
+        <v>672</v>
+      </c>
+      <c r="B331" t="s">
         <v>673</v>
       </c>
-      <c r="B331" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C331" t="s">
-        <v>242</v>
+        <v>137</v>
       </c>
       <c r="D331" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E331">
         <v>2</v>
       </c>
       <c r="F331" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="G331" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>269</v>
+      </c>
+      <c r="H331"/>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B332" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C332" t="s">
         <v>137</v>
       </c>
       <c r="D332" t="s">
         <v>44</v>
       </c>
       <c r="E332">
         <v>1</v>
       </c>
       <c r="F332" t="s">
+        <v>677</v>
+      </c>
+      <c r="G332" t="s">
         <v>678</v>
       </c>
-      <c r="G332" t="s">
-[...2 lines deleted...]
-      <c r="H332"/>
+      <c r="H332">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B333" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C333" t="s">
         <v>137</v>
       </c>
       <c r="D333" t="s">
         <v>44</v>
       </c>
       <c r="E333">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F333" t="s">
-        <v>680</v>
+        <v>679</v>
       </c>
       <c r="G333" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="H333"/>
+        <v>205</v>
+      </c>
+      <c r="H333">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B334" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C334" t="s">
         <v>137</v>
       </c>
       <c r="D334" t="s">
         <v>44</v>
       </c>
       <c r="E334">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F334" t="s">
-        <v>681</v>
+        <v>680</v>
       </c>
       <c r="G334" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="H334"/>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B335" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C335" t="s">
         <v>137</v>
       </c>
       <c r="D335" t="s">
         <v>44</v>
       </c>
       <c r="E335">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F335" t="s">
-        <v>683</v>
+        <v>199</v>
       </c>
       <c r="G335" t="s">
-        <v>205</v>
-[...3 lines deleted...]
-      </c>
+        <v>196</v>
+      </c>
+      <c r="H335"/>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B336" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C336" t="s">
         <v>137</v>
       </c>
       <c r="D336" t="s">
         <v>44</v>
       </c>
       <c r="E336">
         <v>3</v>
       </c>
       <c r="F336" t="s">
-        <v>684</v>
+        <v>195</v>
       </c>
       <c r="G336" t="s">
-        <v>139</v>
+        <v>196</v>
       </c>
       <c r="H336"/>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B337" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C337" t="s">
         <v>137</v>
       </c>
       <c r="D337" t="s">
         <v>44</v>
       </c>
       <c r="E337">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F337" t="s">
-        <v>199</v>
+        <v>681</v>
       </c>
       <c r="G337" t="s">
-        <v>196</v>
+        <v>351</v>
       </c>
       <c r="H337"/>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B338" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C338" t="s">
         <v>137</v>
       </c>
       <c r="D338" t="s">
         <v>44</v>
       </c>
       <c r="E338">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F338" t="s">
-        <v>195</v>
+        <v>140</v>
       </c>
       <c r="G338" t="s">
-        <v>196</v>
+        <v>141</v>
       </c>
       <c r="H338"/>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B339" t="s">
-        <v>677</v>
+        <v>673</v>
       </c>
       <c r="C339" t="s">
         <v>137</v>
       </c>
       <c r="D339" t="s">
         <v>44</v>
       </c>
       <c r="E339">
         <v>1</v>
       </c>
       <c r="F339" t="s">
-        <v>685</v>
+        <v>682</v>
       </c>
       <c r="G339" t="s">
-        <v>351</v>
+        <v>683</v>
       </c>
       <c r="H339"/>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="B340" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="C340" t="s">
-        <v>137</v>
+        <v>366</v>
       </c>
       <c r="D340" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E340">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F340" t="s">
-        <v>140</v>
+        <v>686</v>
       </c>
       <c r="G340" t="s">
-        <v>141</v>
+        <v>687</v>
       </c>
       <c r="H340"/>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>676</v>
+        <v>684</v>
       </c>
       <c r="B341" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
       <c r="C341" t="s">
-        <v>137</v>
+        <v>366</v>
       </c>
       <c r="D341" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E341">
         <v>1</v>
       </c>
       <c r="F341" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="G341" t="s">
         <v>687</v>
       </c>
       <c r="H341"/>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B342" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C342" t="s">
         <v>366</v>
       </c>
       <c r="D342" t="s">
         <v>74</v>
       </c>
       <c r="E342">
         <v>1</v>
       </c>
       <c r="F342" t="s">
-        <v>690</v>
+        <v>689</v>
       </c>
       <c r="G342" t="s">
-        <v>691</v>
+        <v>86</v>
       </c>
       <c r="H342"/>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B343" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C343" t="s">
         <v>366</v>
       </c>
       <c r="D343" t="s">
         <v>74</v>
       </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="F343" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="G343" t="s">
         <v>691</v>
       </c>
-      <c r="H343"/>
+      <c r="H343">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B344" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C344" t="s">
-        <v>366</v>
+        <v>694</v>
       </c>
       <c r="D344" t="s">
         <v>74</v>
       </c>
       <c r="E344">
         <v>1</v>
       </c>
       <c r="F344" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="G344" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="H344"/>
+        <v>691</v>
+      </c>
+      <c r="H344">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B345" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="C345" t="s">
-        <v>366</v>
+        <v>694</v>
       </c>
       <c r="D345" t="s">
         <v>74</v>
       </c>
       <c r="E345">
         <v>1</v>
       </c>
       <c r="F345" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="G345" t="s">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>697</v>
+      </c>
+      <c r="H345"/>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B346" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C346" t="s">
-        <v>698</v>
+        <v>91</v>
       </c>
       <c r="D346" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E346">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F346" t="s">
-        <v>699</v>
+        <v>149</v>
       </c>
       <c r="G346" t="s">
-        <v>695</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H346"/>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B347" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="C347" t="s">
-        <v>698</v>
+        <v>91</v>
       </c>
       <c r="D347" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E347">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F347" t="s">
-        <v>700</v>
+        <v>151</v>
       </c>
       <c r="G347" t="s">
-        <v>701</v>
+        <v>150</v>
       </c>
       <c r="H347"/>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>700</v>
+      </c>
+      <c r="B348" t="s">
+        <v>701</v>
+      </c>
+      <c r="C348" t="s">
+        <v>137</v>
+      </c>
+      <c r="D348" t="s">
+        <v>44</v>
+      </c>
+      <c r="E348">
+        <v>1</v>
+      </c>
+      <c r="F348" t="s">
         <v>702</v>
       </c>
-      <c r="B348" t="s">
+      <c r="G348" t="s">
         <v>703</v>
       </c>
-      <c r="C348" t="s">
-[...14 lines deleted...]
-      <c r="H348"/>
+      <c r="H348">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B349" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="C349" t="s">
-        <v>91</v>
+        <v>278</v>
       </c>
       <c r="D349" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E349">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F349" t="s">
-        <v>151</v>
+        <v>706</v>
       </c>
       <c r="G349" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="H349"/>
+        <v>707</v>
+      </c>
+      <c r="H349">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>704</v>
       </c>
       <c r="B350" t="s">
         <v>705</v>
       </c>
       <c r="C350" t="s">
-        <v>137</v>
+        <v>278</v>
       </c>
       <c r="D350" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E350">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F350" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="G350" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>709</v>
+      </c>
+      <c r="H350"/>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="B351" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="C351" t="s">
-        <v>278</v>
+        <v>101</v>
       </c>
       <c r="D351" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E351">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F351" t="s">
-        <v>710</v>
+        <v>443</v>
       </c>
       <c r="G351" t="s">
-        <v>711</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="H351"/>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="B352" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="C352" t="s">
-        <v>278</v>
+        <v>53</v>
       </c>
       <c r="D352" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E352">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F352" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="G352" t="s">
-        <v>713</v>
-[...1 lines deleted...]
-      <c r="H352"/>
+        <v>715</v>
+      </c>
+      <c r="H352">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="B353" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="C353" t="s">
-        <v>101</v>
+        <v>242</v>
       </c>
       <c r="D353" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E353">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F353" t="s">
-        <v>443</v>
+        <v>718</v>
       </c>
       <c r="G353" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="H353"/>
+        <v>719</v>
+      </c>
+      <c r="H353">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>716</v>
       </c>
       <c r="B354" t="s">
         <v>717</v>
       </c>
       <c r="C354" t="s">
-        <v>53</v>
+        <v>242</v>
       </c>
       <c r="D354" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E354">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F354" t="s">
-        <v>718</v>
+        <v>121</v>
       </c>
       <c r="G354" t="s">
-        <v>719</v>
+        <v>122</v>
       </c>
       <c r="H354">
         <v>1.0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="B355" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="C355" t="s">
         <v>242</v>
       </c>
       <c r="D355" t="s">
         <v>65</v>
       </c>
       <c r="E355">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F355" t="s">
-        <v>722</v>
+        <v>720</v>
       </c>
       <c r="G355" t="s">
-        <v>723</v>
-[...3 lines deleted...]
-      </c>
+        <v>282</v>
+      </c>
+      <c r="H355"/>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="B356" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="C356" t="s">
-        <v>242</v>
+        <v>137</v>
       </c>
       <c r="D356" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E356">
         <v>5</v>
       </c>
       <c r="F356" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
       <c r="G356" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="H356"/>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="B357" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="C357" t="s">
-        <v>242</v>
+        <v>278</v>
       </c>
       <c r="D357" t="s">
         <v>65</v>
       </c>
       <c r="E357">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F357" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="G357" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="H357"/>
+        <v>726</v>
+      </c>
+      <c r="H357">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>725</v>
+        <v>723</v>
       </c>
       <c r="B358" t="s">
-        <v>726</v>
+        <v>724</v>
       </c>
       <c r="C358" t="s">
-        <v>137</v>
+        <v>278</v>
       </c>
       <c r="D358" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E358">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F358" t="s">
-        <v>138</v>
+        <v>727</v>
       </c>
       <c r="G358" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="H358"/>
+        <v>709</v>
+      </c>
+      <c r="H358">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="B359" t="s">
-        <v>728</v>
+        <v>724</v>
       </c>
       <c r="C359" t="s">
         <v>278</v>
       </c>
       <c r="D359" t="s">
         <v>65</v>
       </c>
       <c r="E359">
         <v>1</v>
       </c>
       <c r="F359" t="s">
-        <v>729</v>
+        <v>728</v>
       </c>
       <c r="G359" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="H359"/>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B360" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C360" t="s">
-        <v>278</v>
+        <v>137</v>
       </c>
       <c r="D360" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="F360" t="s">
-        <v>731</v>
+        <v>602</v>
       </c>
       <c r="G360" t="s">
-        <v>713</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="H360"/>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="B361" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C361" t="s">
-        <v>278</v>
+        <v>137</v>
       </c>
       <c r="D361" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E361">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F361" t="s">
+        <v>731</v>
+      </c>
+      <c r="G361" t="s">
         <v>732</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="H361"/>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B362" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C362" t="s">
         <v>137</v>
       </c>
       <c r="D362" t="s">
         <v>44</v>
       </c>
       <c r="E362">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F362" t="s">
-        <v>602</v>
+        <v>733</v>
       </c>
       <c r="G362" t="s">
-        <v>303</v>
+        <v>734</v>
       </c>
       <c r="H362"/>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B363" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C363" t="s">
         <v>137</v>
       </c>
       <c r="D363" t="s">
         <v>44</v>
       </c>
       <c r="E363">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F363" t="s">
         <v>735</v>
       </c>
       <c r="G363" t="s">
-        <v>736</v>
+        <v>734</v>
       </c>
       <c r="H363"/>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B364" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="C364" t="s">
         <v>137</v>
       </c>
       <c r="D364" t="s">
         <v>44</v>
       </c>
       <c r="E364">
         <v>2</v>
       </c>
       <c r="F364" t="s">
+        <v>736</v>
+      </c>
+      <c r="G364" t="s">
         <v>737</v>
-      </c>
-[...1 lines deleted...]
-        <v>738</v>
       </c>
       <c r="H364"/>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="B365" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="C365" t="s">
-        <v>137</v>
+        <v>412</v>
       </c>
       <c r="D365" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E365">
         <v>2</v>
       </c>
       <c r="F365" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="G365" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="H365"/>
+        <v>741</v>
+      </c>
+      <c r="H365">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>733</v>
+        <v>742</v>
       </c>
       <c r="B366" t="s">
-        <v>734</v>
+        <v>743</v>
       </c>
       <c r="C366" t="s">
-        <v>137</v>
+        <v>154</v>
       </c>
       <c r="D366" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E366">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F366" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="G366" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="H366"/>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="B367" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="C367" t="s">
-        <v>412</v>
+        <v>36</v>
       </c>
       <c r="D367" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E367">
         <v>2</v>
       </c>
       <c r="F367" t="s">
-        <v>744</v>
+        <v>39</v>
       </c>
       <c r="G367" t="s">
-        <v>745</v>
+        <v>40</v>
       </c>
       <c r="H367">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>746</v>
       </c>
       <c r="B368" t="s">
         <v>747</v>
       </c>
       <c r="C368" t="s">
-        <v>154</v>
+        <v>36</v>
       </c>
       <c r="D368" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E368">
         <v>1</v>
       </c>
       <c r="F368" t="s">
         <v>748</v>
       </c>
       <c r="G368" t="s">
         <v>749</v>
       </c>
-      <c r="H368"/>
+      <c r="H368">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="B369" t="s">
-        <v>751</v>
+        <v>747</v>
       </c>
       <c r="C369" t="s">
         <v>36</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F369" t="s">
-        <v>39</v>
+        <v>750</v>
       </c>
       <c r="G369" t="s">
-        <v>40</v>
+        <v>678</v>
       </c>
       <c r="H369">
         <v>1.0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B370" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C370" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D370" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E370">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F370" t="s">
-        <v>752</v>
+        <v>491</v>
       </c>
       <c r="G370" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>492</v>
+      </c>
+      <c r="H370"/>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="B371" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C371" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="D371" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E371">
         <v>1</v>
       </c>
       <c r="F371" t="s">
-        <v>754</v>
+        <v>489</v>
       </c>
       <c r="G371" t="s">
-        <v>682</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="H371"/>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="B372" t="s">
-        <v>756</v>
+        <v>754</v>
       </c>
       <c r="C372" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="D372" t="s">
         <v>44</v>
       </c>
       <c r="E372">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F372" t="s">
-        <v>491</v>
+        <v>755</v>
       </c>
       <c r="G372" t="s">
-        <v>492</v>
+        <v>756</v>
       </c>
       <c r="H372"/>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="B373" t="s">
-        <v>756</v>
+        <v>758</v>
       </c>
       <c r="C373" t="s">
-        <v>43</v>
+        <v>165</v>
       </c>
       <c r="D373" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E373">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F373" t="s">
-        <v>489</v>
+        <v>759</v>
       </c>
       <c r="G373" t="s">
-        <v>490</v>
+        <v>760</v>
       </c>
       <c r="H373"/>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="B374" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="C374" t="s">
-        <v>53</v>
+        <v>627</v>
       </c>
       <c r="D374" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="E374">
         <v>1</v>
       </c>
       <c r="F374" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="G374" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="H374"/>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="B375" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C375" t="s">
-        <v>165</v>
+        <v>101</v>
       </c>
       <c r="D375" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
       <c r="E375">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F375" t="s">
-        <v>763</v>
+        <v>102</v>
       </c>
       <c r="G375" t="s">
-        <v>764</v>
+        <v>103</v>
       </c>
       <c r="H375"/>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B376" t="s">
-        <v>766</v>
+        <v>768</v>
       </c>
       <c r="C376" t="s">
-        <v>627</v>
+        <v>137</v>
       </c>
       <c r="D376" t="s">
-        <v>319</v>
+        <v>44</v>
       </c>
       <c r="E376">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F376" t="s">
-        <v>767</v>
+        <v>733</v>
       </c>
       <c r="G376" t="s">
-        <v>768</v>
+        <v>734</v>
       </c>
       <c r="H376"/>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>769</v>
       </c>
       <c r="B377" t="s">
         <v>770</v>
       </c>
       <c r="C377" t="s">
         <v>101</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F377" t="s">
-        <v>102</v>
+        <v>333</v>
       </c>
       <c r="G377" t="s">
-        <v>103</v>
+        <v>334</v>
       </c>
       <c r="H377"/>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>769</v>
+      </c>
+      <c r="B378" t="s">
+        <v>770</v>
+      </c>
+      <c r="C378" t="s">
+        <v>101</v>
+      </c>
+      <c r="D378" t="s">
+        <v>11</v>
+      </c>
+      <c r="E378">
+        <v>1</v>
+      </c>
+      <c r="F378" t="s">
         <v>771</v>
       </c>
-      <c r="B378" t="s">
+      <c r="G378" t="s">
         <v>772</v>
       </c>
-      <c r="C378" t="s">
-[...14 lines deleted...]
-      <c r="H378"/>
+      <c r="H378">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="B379" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="C379" t="s">
         <v>101</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F379" t="s">
-        <v>333</v>
+        <v>312</v>
       </c>
       <c r="G379" t="s">
-        <v>334</v>
+        <v>313</v>
       </c>
       <c r="H379"/>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>773</v>
       </c>
       <c r="B380" t="s">
         <v>774</v>
       </c>
       <c r="C380" t="s">
-        <v>101</v>
+        <v>144</v>
       </c>
       <c r="D380" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E380">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F380" t="s">
-        <v>775</v>
+        <v>155</v>
       </c>
       <c r="G380" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>156</v>
+      </c>
+      <c r="H380"/>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>773</v>
+        <v>775</v>
       </c>
       <c r="B381" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="C381" t="s">
-        <v>101</v>
+        <v>91</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F381" t="s">
-        <v>312</v>
+        <v>777</v>
       </c>
       <c r="G381" t="s">
-        <v>313</v>
-[...1 lines deleted...]
-      <c r="H381"/>
+        <v>778</v>
+      </c>
+      <c r="H381">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="B382" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="C382" t="s">
-        <v>144</v>
+        <v>91</v>
       </c>
       <c r="D382" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E382">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F382" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="G382" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
       <c r="H382"/>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B383" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
       <c r="C383" t="s">
         <v>91</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F383" t="s">
-        <v>781</v>
+        <v>151</v>
       </c>
       <c r="G383" t="s">
-        <v>782</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H383"/>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>779</v>
       </c>
       <c r="B384" t="s">
         <v>780</v>
       </c>
       <c r="C384" t="s">
-        <v>91</v>
+        <v>361</v>
       </c>
       <c r="D384" t="s">
-        <v>11</v>
+        <v>166</v>
       </c>
       <c r="E384">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F384" t="s">
-        <v>149</v>
+        <v>781</v>
       </c>
       <c r="G384" t="s">
-        <v>150</v>
+        <v>782</v>
       </c>
       <c r="H384"/>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>779</v>
       </c>
       <c r="B385" t="s">
         <v>780</v>
       </c>
       <c r="C385" t="s">
-        <v>91</v>
+        <v>361</v>
       </c>
       <c r="D385" t="s">
-        <v>11</v>
+        <v>166</v>
       </c>
       <c r="E385">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F385" t="s">
-        <v>151</v>
+        <v>222</v>
       </c>
       <c r="G385" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="H385"/>
+        <v>223</v>
+      </c>
+      <c r="H385">
+        <v>9.0</v>
+      </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B386" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C386" t="s">
         <v>361</v>
       </c>
       <c r="D386" t="s">
         <v>166</v>
       </c>
       <c r="E386">
         <v>1</v>
       </c>
       <c r="F386" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="G386" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="H386"/>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>783</v>
+        <v>779</v>
       </c>
       <c r="B387" t="s">
-        <v>784</v>
+        <v>780</v>
       </c>
       <c r="C387" t="s">
         <v>361</v>
       </c>
       <c r="D387" t="s">
         <v>166</v>
       </c>
       <c r="E387">
         <v>1</v>
       </c>
       <c r="F387" t="s">
-        <v>222</v>
+        <v>785</v>
       </c>
       <c r="G387" t="s">
-        <v>223</v>
+        <v>786</v>
       </c>
       <c r="H387">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B388" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="C388" t="s">
-        <v>361</v>
+        <v>53</v>
       </c>
       <c r="D388" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E388">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F388" t="s">
-        <v>787</v>
+        <v>54</v>
       </c>
       <c r="G388" t="s">
-        <v>788</v>
+        <v>55</v>
       </c>
       <c r="H388"/>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="B389" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="C389" t="s">
-        <v>361</v>
+        <v>53</v>
       </c>
       <c r="D389" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="F389" t="s">
         <v>789</v>
       </c>
       <c r="G389" t="s">
         <v>790</v>
       </c>
-      <c r="H389">
-[...1 lines deleted...]
-      </c>
+      <c r="H389"/>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>791</v>
       </c>
       <c r="B390" t="s">
         <v>792</v>
       </c>
       <c r="C390" t="s">
-        <v>53</v>
+        <v>318</v>
       </c>
       <c r="D390" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="E390">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F390" t="s">
-        <v>54</v>
+        <v>320</v>
       </c>
       <c r="G390" t="s">
-        <v>55</v>
+        <v>321</v>
       </c>
       <c r="H390"/>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>791</v>
       </c>
       <c r="B391" t="s">
         <v>792</v>
       </c>
       <c r="C391" t="s">
-        <v>53</v>
+        <v>318</v>
       </c>
       <c r="D391" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="E391">
         <v>1</v>
       </c>
       <c r="F391" t="s">
         <v>793</v>
       </c>
       <c r="G391" t="s">
         <v>794</v>
       </c>
-      <c r="H391"/>
+      <c r="H391">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>795</v>
       </c>
       <c r="B392" t="s">
         <v>796</v>
       </c>
       <c r="C392" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="D392" t="s">
-        <v>319</v>
+        <v>166</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F392" t="s">
-        <v>320</v>
+        <v>797</v>
       </c>
       <c r="G392" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="H392"/>
+        <v>798</v>
+      </c>
+      <c r="H392">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>795</v>
       </c>
       <c r="B393" t="s">
         <v>796</v>
       </c>
       <c r="C393" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="D393" t="s">
-        <v>319</v>
+        <v>166</v>
       </c>
       <c r="E393">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F393" t="s">
-        <v>797</v>
+        <v>407</v>
       </c>
       <c r="G393" t="s">
-        <v>798</v>
+        <v>122</v>
       </c>
       <c r="H393">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>799</v>
       </c>
       <c r="B394" t="s">
         <v>800</v>
       </c>
       <c r="C394" t="s">
-        <v>361</v>
+        <v>801</v>
       </c>
       <c r="D394" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E394">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F394" t="s">
-        <v>801</v>
+        <v>39</v>
       </c>
       <c r="G394" t="s">
-        <v>802</v>
+        <v>40</v>
       </c>
       <c r="H394">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
-        <v>799</v>
+        <v>802</v>
       </c>
       <c r="B395" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C395" t="s">
-        <v>361</v>
+        <v>91</v>
       </c>
       <c r="D395" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
       <c r="E395">
         <v>3</v>
       </c>
       <c r="F395" t="s">
-        <v>407</v>
+        <v>232</v>
       </c>
       <c r="G395" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="H395"/>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="B396" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="C396" t="s">
-        <v>805</v>
+        <v>73</v>
       </c>
       <c r="D396" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E396">
         <v>1</v>
       </c>
       <c r="F396" t="s">
-        <v>39</v>
+        <v>806</v>
       </c>
       <c r="G396" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="H396"/>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
-        <v>806</v>
+        <v>804</v>
       </c>
       <c r="B397" t="s">
-        <v>807</v>
+        <v>805</v>
       </c>
       <c r="C397" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="D397" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="E397">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F397" t="s">
-        <v>232</v>
+        <v>469</v>
       </c>
       <c r="G397" t="s">
-        <v>233</v>
+        <v>470</v>
       </c>
       <c r="H397"/>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>808</v>
       </c>
       <c r="B398" t="s">
         <v>809</v>
       </c>
       <c r="C398" t="s">
         <v>73</v>
       </c>
       <c r="D398" t="s">
         <v>74</v>
       </c>
       <c r="E398">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F398" t="s">
-        <v>810</v>
+        <v>77</v>
       </c>
       <c r="G398" t="s">
-        <v>811</v>
+        <v>78</v>
       </c>
       <c r="H398"/>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>808</v>
       </c>
       <c r="B399" t="s">
         <v>809</v>
       </c>
       <c r="C399" t="s">
         <v>73</v>
       </c>
       <c r="D399" t="s">
         <v>74</v>
       </c>
       <c r="E399">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F399" t="s">
-        <v>469</v>
+        <v>810</v>
       </c>
       <c r="G399" t="s">
-        <v>470</v>
+        <v>811</v>
       </c>
       <c r="H399"/>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B400" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C400" t="s">
         <v>73</v>
       </c>
       <c r="D400" t="s">
         <v>74</v>
       </c>
       <c r="E400">
         <v>2</v>
       </c>
       <c r="F400" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="G400" t="s">
-        <v>78</v>
-[...1 lines deleted...]
-      <c r="H400"/>
+        <v>76</v>
+      </c>
+      <c r="H400">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B401" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C401" t="s">
         <v>73</v>
       </c>
       <c r="D401" t="s">
         <v>74</v>
       </c>
       <c r="E401">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F401" t="s">
-        <v>814</v>
+        <v>79</v>
       </c>
       <c r="G401" t="s">
-        <v>815</v>
+        <v>80</v>
       </c>
       <c r="H401"/>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>812</v>
       </c>
       <c r="B402" t="s">
         <v>813</v>
       </c>
       <c r="C402" t="s">
-        <v>73</v>
+        <v>651</v>
       </c>
       <c r="D402" t="s">
-        <v>74</v>
+        <v>319</v>
       </c>
       <c r="E402">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F402" t="s">
-        <v>75</v>
+        <v>814</v>
       </c>
       <c r="G402" t="s">
-        <v>76</v>
+        <v>815</v>
       </c>
       <c r="H402">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="B403" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="C403" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="D403" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E403">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F403" t="s">
-        <v>79</v>
-[...3 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="G403"/>
       <c r="H403"/>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>816</v>
       </c>
       <c r="B404" t="s">
         <v>817</v>
       </c>
       <c r="C404" t="s">
-        <v>649</v>
+        <v>30</v>
       </c>
       <c r="D404" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E404">
         <v>1</v>
       </c>
       <c r="F404" t="s">
-        <v>818</v>
-[...6 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G404"/>
+      <c r="H404"/>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="B405" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C405" t="s">
         <v>30</v>
       </c>
       <c r="D405" t="s">
         <v>11</v>
       </c>
       <c r="E405">
         <v>1</v>
       </c>
       <c r="F405" t="s">
-        <v>822</v>
+        <v>32</v>
       </c>
       <c r="G405"/>
       <c r="H405"/>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
-        <v>820</v>
+        <v>816</v>
       </c>
       <c r="B406" t="s">
-        <v>821</v>
+        <v>817</v>
       </c>
       <c r="C406" t="s">
         <v>30</v>
       </c>
       <c r="D406" t="s">
         <v>11</v>
       </c>
       <c r="E406">
         <v>1</v>
       </c>
       <c r="F406" t="s">
-        <v>32</v>
+        <v>819</v>
       </c>
       <c r="G406"/>
       <c r="H406"/>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>820</v>
       </c>
       <c r="B407" t="s">
         <v>821</v>
       </c>
       <c r="C407" t="s">
-        <v>30</v>
+        <v>318</v>
       </c>
       <c r="D407" t="s">
-        <v>11</v>
+        <v>319</v>
       </c>
       <c r="E407">
         <v>1</v>
       </c>
       <c r="F407" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G407"/>
+        <v>822</v>
+      </c>
+      <c r="G407" t="s">
+        <v>823</v>
+      </c>
       <c r="H407"/>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>820</v>
       </c>
       <c r="B408" t="s">
         <v>821</v>
       </c>
       <c r="C408" t="s">
-        <v>30</v>
+        <v>318</v>
       </c>
       <c r="D408" t="s">
-        <v>11</v>
+        <v>319</v>
       </c>
       <c r="E408">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F408" t="s">
-        <v>823</v>
-[...1 lines deleted...]
-      <c r="G408"/>
+        <v>510</v>
+      </c>
+      <c r="G408" t="s">
+        <v>511</v>
+      </c>
       <c r="H408"/>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="B409" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="C409" t="s">
         <v>318</v>
       </c>
       <c r="D409" t="s">
         <v>319</v>
       </c>
       <c r="E409">
         <v>1</v>
       </c>
       <c r="F409" t="s">
-        <v>826</v>
+        <v>824</v>
       </c>
       <c r="G409" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="H409"/>
+        <v>825</v>
+      </c>
+      <c r="H409">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B410" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C410" t="s">
-        <v>318</v>
+        <v>73</v>
       </c>
       <c r="D410" t="s">
-        <v>319</v>
+        <v>74</v>
       </c>
       <c r="E410">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F410" t="s">
-        <v>510</v>
+        <v>828</v>
       </c>
       <c r="G410" t="s">
-        <v>511</v>
-[...1 lines deleted...]
-      <c r="H410"/>
+        <v>829</v>
+      </c>
+      <c r="H410">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="B411" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="C411" t="s">
-        <v>318</v>
+        <v>73</v>
       </c>
       <c r="D411" t="s">
-        <v>319</v>
+        <v>74</v>
       </c>
       <c r="E411">
         <v>1</v>
       </c>
       <c r="F411" t="s">
-        <v>828</v>
+        <v>75</v>
       </c>
       <c r="G411" t="s">
-        <v>829</v>
+        <v>76</v>
       </c>
       <c r="H411">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B412" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="C412" t="s">
         <v>73</v>
       </c>
       <c r="D412" t="s">
         <v>74</v>
       </c>
       <c r="E412">
         <v>1</v>
       </c>
       <c r="F412" t="s">
-        <v>832</v>
+        <v>830</v>
       </c>
       <c r="G412" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>831</v>
+      </c>
+      <c r="H412"/>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B413" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="C413" t="s">
         <v>73</v>
       </c>
       <c r="D413" t="s">
         <v>74</v>
       </c>
       <c r="E413">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F413" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="G413" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>78</v>
+      </c>
+      <c r="H413"/>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="B414" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="C414" t="s">
         <v>73</v>
       </c>
       <c r="D414" t="s">
         <v>74</v>
       </c>
       <c r="E414">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F414" t="s">
-        <v>834</v>
+        <v>79</v>
       </c>
       <c r="G414" t="s">
-        <v>835</v>
+        <v>80</v>
       </c>
       <c r="H414"/>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="B415" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="C415" t="s">
-        <v>73</v>
+        <v>171</v>
       </c>
       <c r="D415" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E415">
         <v>3</v>
       </c>
       <c r="F415" t="s">
-        <v>77</v>
+        <v>172</v>
       </c>
       <c r="G415" t="s">
-        <v>78</v>
+        <v>173</v>
       </c>
       <c r="H415"/>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="B416" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C416" t="s">
-        <v>73</v>
+        <v>361</v>
       </c>
       <c r="D416" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E416">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F416" t="s">
-        <v>79</v>
+        <v>836</v>
       </c>
       <c r="G416" t="s">
-        <v>80</v>
-[...1 lines deleted...]
-      <c r="H416"/>
+        <v>837</v>
+      </c>
+      <c r="H416">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="B417" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="C417" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="D417" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E417">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F417" t="s">
-        <v>172</v>
+        <v>840</v>
       </c>
       <c r="G417" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H417"/>
+        <v>499</v>
+      </c>
+      <c r="H417">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
-        <v>838</v>
+        <v>841</v>
       </c>
       <c r="B418" t="s">
-        <v>839</v>
+        <v>842</v>
       </c>
       <c r="C418" t="s">
-        <v>361</v>
+        <v>187</v>
       </c>
       <c r="D418" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
       <c r="E418">
         <v>1</v>
       </c>
       <c r="F418" t="s">
-        <v>840</v>
+        <v>300</v>
       </c>
       <c r="G418" t="s">
-        <v>841</v>
+        <v>301</v>
       </c>
       <c r="H418">
-        <v>4.0</v>
+        <v>7.0</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
+        <v>841</v>
+      </c>
+      <c r="B419" t="s">
         <v>842</v>
       </c>
-      <c r="B419" t="s">
+      <c r="C419" t="s">
+        <v>187</v>
+      </c>
+      <c r="D419" t="s">
+        <v>11</v>
+      </c>
+      <c r="E419">
+        <v>1</v>
+      </c>
+      <c r="F419" t="s">
         <v>843</v>
       </c>
-      <c r="C419" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G419" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>455</v>
+      </c>
+      <c r="H419"/>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
+        <v>844</v>
+      </c>
+      <c r="B420" t="s">
         <v>845</v>
       </c>
-      <c r="B420" t="s">
+      <c r="C420" t="s">
+        <v>538</v>
+      </c>
+      <c r="D420" t="s">
+        <v>65</v>
+      </c>
+      <c r="E420">
+        <v>6</v>
+      </c>
+      <c r="F420" t="s">
         <v>846</v>
       </c>
-      <c r="C420" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G420" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>847</v>
+      </c>
+      <c r="H420"/>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>844</v>
+      </c>
+      <c r="B421" t="s">
         <v>845</v>
       </c>
-      <c r="B421" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C421" t="s">
-        <v>187</v>
+        <v>538</v>
       </c>
       <c r="D421" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E421">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F421" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
       <c r="G421" t="s">
-        <v>455</v>
+        <v>849</v>
       </c>
       <c r="H421"/>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B422" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C422" t="s">
-        <v>538</v>
+        <v>91</v>
       </c>
       <c r="D422" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E422">
         <v>6</v>
       </c>
       <c r="F422" t="s">
-        <v>850</v>
+        <v>302</v>
       </c>
       <c r="G422" t="s">
-        <v>851</v>
+        <v>303</v>
       </c>
       <c r="H422"/>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
       <c r="B423" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C423" t="s">
-        <v>538</v>
+        <v>91</v>
       </c>
       <c r="D423" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E423">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F423" t="s">
-        <v>852</v>
+        <v>296</v>
       </c>
       <c r="G423" t="s">
-        <v>853</v>
+        <v>297</v>
       </c>
       <c r="H423"/>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B424" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="C424" t="s">
         <v>91</v>
       </c>
       <c r="D424" t="s">
         <v>11</v>
       </c>
       <c r="E424">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F424" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="G424" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="H424"/>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="B425" t="s">
-        <v>855</v>
+        <v>851</v>
       </c>
       <c r="C425" t="s">
         <v>91</v>
       </c>
       <c r="D425" t="s">
         <v>11</v>
       </c>
       <c r="E425">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F425" t="s">
-        <v>296</v>
+        <v>852</v>
       </c>
       <c r="G425" t="s">
-        <v>297</v>
+        <v>853</v>
       </c>
       <c r="H425"/>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>854</v>
       </c>
       <c r="B426" t="s">
         <v>855</v>
       </c>
       <c r="C426" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D426" t="s">
         <v>11</v>
       </c>
       <c r="E426">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F426" t="s">
-        <v>298</v>
+        <v>856</v>
       </c>
       <c r="G426" t="s">
-        <v>299</v>
-[...1 lines deleted...]
-      <c r="H426"/>
+        <v>857</v>
+      </c>
+      <c r="H426">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>854</v>
       </c>
       <c r="B427" t="s">
         <v>855</v>
       </c>
       <c r="C427" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="D427" t="s">
         <v>11</v>
       </c>
       <c r="E427">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F427" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
       <c r="G427" t="s">
-        <v>857</v>
+        <v>380</v>
       </c>
       <c r="H427"/>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="B428" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C428" t="s">
-        <v>101</v>
+        <v>488</v>
       </c>
       <c r="D428" t="s">
-        <v>11</v>
+        <v>44</v>
       </c>
       <c r="E428">
         <v>1</v>
       </c>
       <c r="F428" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="G428" t="s">
-        <v>861</v>
-[...3 lines deleted...]
-      </c>
+        <v>862</v>
+      </c>
+      <c r="H428"/>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="B429" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="C429" t="s">
-        <v>101</v>
+        <v>256</v>
       </c>
       <c r="D429" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E429">
         <v>1</v>
       </c>
       <c r="F429" t="s">
-        <v>862</v>
+        <v>865</v>
       </c>
       <c r="G429" t="s">
-        <v>380</v>
+        <v>635</v>
       </c>
       <c r="H429"/>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>863</v>
       </c>
       <c r="B430" t="s">
         <v>864</v>
       </c>
       <c r="C430" t="s">
         <v>256</v>
       </c>
       <c r="D430" t="s">
         <v>59</v>
       </c>
       <c r="E430">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F430" t="s">
-        <v>257</v>
+        <v>866</v>
       </c>
       <c r="G430" t="s">
-        <v>258</v>
+        <v>272</v>
       </c>
       <c r="H430"/>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>863</v>
       </c>
       <c r="B431" t="s">
         <v>864</v>
       </c>
       <c r="C431" t="s">
         <v>256</v>
       </c>
       <c r="D431" t="s">
         <v>59</v>
       </c>
       <c r="E431">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F431" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G431" t="s">
         <v>258</v>
       </c>
       <c r="H431"/>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>863</v>
       </c>
       <c r="B432" t="s">
         <v>864</v>
       </c>
       <c r="C432" t="s">
         <v>256</v>
       </c>
       <c r="D432" t="s">
         <v>59</v>
       </c>
       <c r="E432">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F432" t="s">
-        <v>865</v>
+        <v>259</v>
       </c>
       <c r="G432" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>258</v>
+      </c>
+      <c r="H432"/>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>863</v>
       </c>
       <c r="B433" t="s">
         <v>864</v>
       </c>
       <c r="C433" t="s">
         <v>256</v>
       </c>
       <c r="D433" t="s">
         <v>59</v>
       </c>
       <c r="E433">
         <v>1</v>
       </c>
       <c r="F433" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="G433" t="s">
         <v>428</v>
       </c>
       <c r="H433">
         <v>1.0</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>863</v>
       </c>
       <c r="B434" t="s">
         <v>864</v>
       </c>
       <c r="C434" t="s">
         <v>256</v>
       </c>
       <c r="D434" t="s">
         <v>59</v>
       </c>
       <c r="E434">
         <v>1</v>
       </c>
       <c r="F434" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="G434" t="s">
         <v>428</v>
       </c>
       <c r="H434">
         <v>1.0</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>863</v>
       </c>
       <c r="B435" t="s">
         <v>864</v>
       </c>
       <c r="C435" t="s">
         <v>256</v>
       </c>
       <c r="D435" t="s">
         <v>59</v>
       </c>
       <c r="E435">
         <v>1</v>
       </c>
       <c r="F435" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="G435" t="s">
         <v>428</v>
       </c>
       <c r="H435">
         <v>1.0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>863</v>
       </c>
       <c r="B436" t="s">
         <v>864</v>
       </c>
       <c r="C436" t="s">
         <v>256</v>
       </c>
       <c r="D436" t="s">
         <v>59</v>
       </c>
       <c r="E436">
         <v>1</v>
       </c>
       <c r="F436" t="s">
-        <v>865</v>
+        <v>868</v>
       </c>
       <c r="G436" t="s">
         <v>428</v>
       </c>
       <c r="H436">
         <v>1.0</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>863</v>
       </c>
       <c r="B437" t="s">
         <v>864</v>
       </c>
       <c r="C437" t="s">
         <v>256</v>
       </c>
       <c r="D437" t="s">
         <v>59</v>
       </c>
       <c r="E437">
         <v>1</v>
       </c>
       <c r="F437" t="s">
         <v>867</v>
       </c>
       <c r="G437" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="H437"/>
+        <v>428</v>
+      </c>
+      <c r="H437">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B438" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C438" t="s">
         <v>412</v>
       </c>
       <c r="D438" t="s">
         <v>74</v>
       </c>
       <c r="E438">
         <v>1</v>
       </c>
       <c r="F438" t="s">
         <v>162</v>
       </c>
       <c r="G438" t="s">
         <v>109</v>
       </c>
       <c r="H438">
         <v>4.0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="B439" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="C439" t="s">
         <v>412</v>
       </c>
       <c r="D439" t="s">
         <v>74</v>
       </c>
       <c r="E439">
         <v>4</v>
       </c>
       <c r="F439" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G439" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H439">
         <v>1.0</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B440" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C440" t="s">
         <v>91</v>
       </c>
       <c r="D440" t="s">
         <v>11</v>
       </c>
       <c r="E440">
         <v>1</v>
       </c>
       <c r="F440" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="G440" t="s">
         <v>435</v>
       </c>
       <c r="H440">
         <v>1.0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B441" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C441" t="s">
         <v>91</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441">
         <v>1</v>
       </c>
       <c r="F441" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="G441" t="s">
         <v>113</v>
       </c>
       <c r="H441"/>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B442" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C442" t="s">
         <v>91</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442">
         <v>1</v>
       </c>
       <c r="F442" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="G442" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="H442"/>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="B443" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C443" t="s">
         <v>91</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443">
         <v>2</v>
       </c>
       <c r="F443" t="s">
         <v>232</v>
       </c>
       <c r="G443" t="s">
         <v>233</v>
       </c>
       <c r="H443"/>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B444" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C444" t="s">
         <v>43</v>
       </c>
       <c r="D444" t="s">
         <v>44</v>
       </c>
       <c r="E444">
         <v>2</v>
       </c>
       <c r="F444" t="s">
         <v>491</v>
       </c>
       <c r="G444" t="s">
         <v>492</v>
       </c>
       <c r="H444"/>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="B445" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="C445" t="s">
         <v>43</v>
       </c>
       <c r="D445" t="s">
         <v>44</v>
       </c>
       <c r="E445">
         <v>3</v>
       </c>
       <c r="F445" t="s">
         <v>489</v>
       </c>
       <c r="G445" t="s">
         <v>490</v>
       </c>
       <c r="H445"/>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="B446" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="C446" t="s">
         <v>318</v>
       </c>
       <c r="D446" t="s">
         <v>319</v>
       </c>
       <c r="E446">
         <v>5</v>
       </c>
       <c r="F446" t="s">
         <v>541</v>
       </c>
       <c r="G446" t="s">
         <v>542</v>
       </c>
       <c r="H446"/>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B447" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C447" t="s">
         <v>10</v>
       </c>
       <c r="D447" t="s">
         <v>11</v>
       </c>
       <c r="E447">
         <v>1</v>
       </c>
       <c r="F447" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="G447" t="s">
         <v>327</v>
       </c>
       <c r="H447"/>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="B448" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C448" t="s">
         <v>10</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448">
         <v>1</v>
       </c>
       <c r="F448" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="G448" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H448"/>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B449" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C449" t="s">
         <v>64</v>
       </c>
       <c r="D449" t="s">
         <v>65</v>
       </c>
       <c r="E449">
         <v>4</v>
       </c>
       <c r="F449" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="G449" t="s">
         <v>67</v>
       </c>
       <c r="H449"/>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="B450" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C450" t="s">
         <v>64</v>
       </c>
       <c r="D450" t="s">
         <v>65</v>
       </c>
       <c r="E450">
         <v>2</v>
       </c>
       <c r="F450" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="G450" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H450"/>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B451" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C451" t="s">
         <v>36</v>
       </c>
       <c r="D451" t="s">
         <v>11</v>
       </c>
       <c r="E451">
         <v>1</v>
       </c>
       <c r="F451" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="G451" t="s">
         <v>597</v>
       </c>
       <c r="H451"/>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="B452" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C452" t="s">
         <v>36</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452">
         <v>1</v>
       </c>
       <c r="F452" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="G452" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="H452">
         <v>6.0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B453" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C453" t="s">
         <v>361</v>
       </c>
       <c r="D453" t="s">
         <v>166</v>
       </c>
       <c r="E453">
         <v>2</v>
       </c>
       <c r="F453" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G453" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="H453">
         <v>3.0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B454" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C454" t="s">
         <v>361</v>
       </c>
       <c r="D454" t="s">
         <v>166</v>
       </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="G454" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H454">
         <v>2.0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B455" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C455" t="s">
         <v>361</v>
       </c>
       <c r="D455" t="s">
         <v>166</v>
       </c>
       <c r="E455">
         <v>1</v>
       </c>
       <c r="F455" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="G455" t="s">
         <v>25</v>
       </c>
       <c r="H455"/>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B456" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C456" t="s">
         <v>361</v>
       </c>
       <c r="D456" t="s">
         <v>166</v>
       </c>
       <c r="E456">
         <v>1</v>
       </c>
       <c r="F456" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="G456" t="s">
         <v>25</v>
       </c>
       <c r="H456"/>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B457" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C457" t="s">
         <v>361</v>
       </c>
       <c r="D457" t="s">
         <v>166</v>
       </c>
       <c r="E457">
         <v>1</v>
       </c>
       <c r="F457" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="G457" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H457"/>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="B458" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C458" t="s">
         <v>361</v>
       </c>
       <c r="D458" t="s">
         <v>166</v>
       </c>
       <c r="E458">
         <v>1</v>
       </c>
       <c r="F458" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="G458" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="H458"/>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B459" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C459" t="s">
         <v>43</v>
       </c>
       <c r="D459" t="s">
         <v>44</v>
       </c>
       <c r="E459">
         <v>1</v>
       </c>
       <c r="F459" t="s">
         <v>453</v>
       </c>
       <c r="G459" t="s">
         <v>191</v>
       </c>
       <c r="H459"/>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B460" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C460" t="s">
         <v>43</v>
       </c>
       <c r="D460" t="s">
         <v>44</v>
       </c>
       <c r="E460">
         <v>1</v>
       </c>
       <c r="F460" t="s">
         <v>454</v>
       </c>
       <c r="G460" t="s">
         <v>455</v>
       </c>
       <c r="H460"/>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B461" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C461" t="s">
         <v>43</v>
       </c>
       <c r="D461" t="s">
         <v>44</v>
       </c>
       <c r="E461">
         <v>1</v>
       </c>
       <c r="F461" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="G461" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H461"/>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="B462" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C462" t="s">
         <v>43</v>
       </c>
       <c r="D462" t="s">
         <v>44</v>
       </c>
       <c r="E462">
         <v>1</v>
       </c>
       <c r="F462" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="G462" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="H462"/>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B463" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C463" t="s">
         <v>36</v>
       </c>
       <c r="D463" t="s">
         <v>11</v>
       </c>
       <c r="E463">
         <v>3</v>
       </c>
       <c r="F463" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G463" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="H463">
         <v>1.0</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B464" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C464" t="s">
         <v>36</v>
       </c>
       <c r="D464" t="s">
         <v>11</v>
       </c>
       <c r="E464">
         <v>1</v>
       </c>
       <c r="F464" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="G464" t="s">
         <v>76</v>
       </c>
       <c r="H464">
         <v>1.0</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B465" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C465" t="s">
         <v>36</v>
       </c>
       <c r="D465" t="s">
         <v>11</v>
       </c>
       <c r="E465">
         <v>3</v>
       </c>
       <c r="F465" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="G465" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="H465"/>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="B466" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="C466" t="s">
         <v>36</v>
       </c>
       <c r="D466" t="s">
         <v>11</v>
       </c>
       <c r="E466">
         <v>1</v>
       </c>
       <c r="F466" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="G466" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H466"/>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B467" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C467" t="s">
         <v>43</v>
       </c>
       <c r="D467" t="s">
         <v>44</v>
       </c>
       <c r="E467">
         <v>2</v>
       </c>
       <c r="F467" t="s">
         <v>551</v>
       </c>
       <c r="G467" t="s">
         <v>552</v>
       </c>
       <c r="H467"/>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B468" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C468" t="s">
         <v>43</v>
       </c>
       <c r="D468" t="s">
         <v>44</v>
       </c>
       <c r="E468">
         <v>2</v>
       </c>
       <c r="F468" t="s">
         <v>549</v>
       </c>
       <c r="G468" t="s">
         <v>550</v>
       </c>
       <c r="H468"/>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="B469" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C469" t="s">
         <v>43</v>
       </c>
       <c r="D469" t="s">
         <v>44</v>
       </c>
       <c r="E469">
         <v>2</v>
       </c>
       <c r="F469" t="s">
         <v>547</v>
       </c>
       <c r="G469" t="s">
         <v>548</v>
       </c>
       <c r="H469"/>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="B470" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C470" t="s">
         <v>318</v>
       </c>
       <c r="D470" t="s">
         <v>319</v>
       </c>
       <c r="E470">
         <v>3</v>
       </c>
       <c r="F470" t="s">
         <v>320</v>
       </c>
       <c r="G470" t="s">
         <v>321</v>
       </c>
       <c r="H470"/>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="B471" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="C471" t="s">
         <v>318</v>
       </c>
       <c r="D471" t="s">
         <v>319</v>
       </c>
       <c r="E471">
         <v>4</v>
       </c>
       <c r="F471" t="s">
         <v>320</v>
       </c>
       <c r="G471" t="s">
         <v>321</v>
       </c>
       <c r="H471"/>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B472" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="C472" t="s">
         <v>116</v>
       </c>
       <c r="D472" t="s">
         <v>59</v>
       </c>
       <c r="E472">
         <v>1</v>
       </c>
       <c r="F472" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="G472" t="s">
         <v>499</v>
       </c>
       <c r="H472">
         <v>1.0</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B473" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C473" t="s">
         <v>256</v>
       </c>
       <c r="D473" t="s">
         <v>59</v>
       </c>
       <c r="E473">
         <v>1</v>
       </c>
       <c r="F473" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="G473" t="s">
         <v>111</v>
       </c>
       <c r="H473">
         <v>1.0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B474" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C474" t="s">
         <v>256</v>
       </c>
       <c r="D474" t="s">
         <v>59</v>
       </c>
       <c r="E474">
         <v>2</v>
       </c>
       <c r="F474" t="s">
         <v>270</v>
       </c>
       <c r="G474" t="s">
         <v>86</v>
       </c>
       <c r="H474"/>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B475" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C475" t="s">
         <v>256</v>
       </c>
       <c r="D475" t="s">
         <v>59</v>
       </c>
       <c r="E475">
         <v>3</v>
       </c>
       <c r="F475" t="s">
         <v>275</v>
       </c>
       <c r="G475" t="s">
         <v>272</v>
       </c>
       <c r="H475"/>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="B476" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C476" t="s">
         <v>256</v>
       </c>
       <c r="D476" t="s">
         <v>59</v>
       </c>
       <c r="E476">
         <v>2</v>
       </c>
       <c r="F476" t="s">
         <v>271</v>
       </c>
       <c r="G476" t="s">
         <v>272</v>
       </c>
       <c r="H476"/>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B477" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C477" t="s">
         <v>91</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477">
         <v>1</v>
       </c>
       <c r="F477" t="s">
         <v>298</v>
       </c>
       <c r="G477" t="s">
         <v>299</v>
       </c>
       <c r="H477"/>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B478" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C478" t="s">
         <v>91</v>
       </c>
       <c r="D478" t="s">
         <v>11</v>
       </c>
       <c r="E478">
         <v>1</v>
       </c>
       <c r="F478" t="s">
         <v>296</v>
       </c>
       <c r="G478" t="s">
         <v>297</v>
       </c>
       <c r="H478"/>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B479" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C479" t="s">
         <v>538</v>
       </c>
       <c r="D479" t="s">
         <v>65</v>
       </c>
       <c r="E479">
         <v>4</v>
       </c>
       <c r="F479" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="G479" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="H479"/>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="B480" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C480" t="s">
         <v>538</v>
       </c>
       <c r="D480" t="s">
         <v>65</v>
       </c>
       <c r="E480">
         <v>3</v>
       </c>
       <c r="F480" t="s">
         <v>602</v>
       </c>
       <c r="G480" t="s">
         <v>303</v>
       </c>
       <c r="H480"/>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="B481" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C481" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D481" t="s">
         <v>166</v>
       </c>
       <c r="E481">
         <v>5</v>
       </c>
       <c r="F481" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="G481" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="H481">
         <v>5.0</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="B482" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C482" t="s">
         <v>116</v>
       </c>
       <c r="D482" t="s">
         <v>59</v>
       </c>
       <c r="E482">
         <v>3</v>
       </c>
       <c r="F482" t="s">
         <v>117</v>
       </c>
       <c r="G482" t="s">
         <v>118</v>
       </c>
       <c r="H482"/>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B483" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C483" t="s">
         <v>278</v>
       </c>
       <c r="D483" t="s">
         <v>65</v>
       </c>
       <c r="E483">
         <v>4</v>
       </c>
       <c r="F483" t="s">
         <v>541</v>
       </c>
       <c r="G483" t="s">
         <v>542</v>
       </c>
       <c r="H483"/>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="B484" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="C484" t="s">
         <v>278</v>
       </c>
       <c r="D484" t="s">
         <v>65</v>
       </c>
       <c r="E484">
         <v>2</v>
       </c>
       <c r="F484" t="s">
         <v>463</v>
       </c>
       <c r="G484"/>
       <c r="H484"/>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B485" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C485" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D485" t="s">
         <v>74</v>
       </c>
       <c r="E485">
         <v>1</v>
       </c>
       <c r="F485" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G485" t="s">
         <v>107</v>
       </c>
       <c r="H485">
         <v>1.0</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="B486" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="C486" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D486" t="s">
         <v>74</v>
       </c>
       <c r="E486">
         <v>1</v>
       </c>
       <c r="F486" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="G486" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="H486">
         <v>1.0</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="B487" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="C487" t="s">
         <v>242</v>
       </c>
       <c r="D487" t="s">
         <v>65</v>
       </c>
       <c r="E487">
         <v>4</v>
       </c>
       <c r="F487" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="G487" t="s">
         <v>282</v>
       </c>
       <c r="H487"/>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B488" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C488" t="s">
         <v>10</v>
       </c>
       <c r="D488" t="s">
         <v>11</v>
       </c>
       <c r="E488">
         <v>1</v>
       </c>
       <c r="F488" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="G488" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H488">
         <v>1.0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B489" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C489" t="s">
         <v>43</v>
       </c>
       <c r="D489" t="s">
         <v>44</v>
       </c>
       <c r="E489">
         <v>4</v>
       </c>
       <c r="F489" t="s">
         <v>45</v>
       </c>
       <c r="G489" t="s">
         <v>46</v>
       </c>
       <c r="H489"/>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B490" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C490" t="s">
         <v>43</v>
       </c>
       <c r="D490" t="s">
         <v>44</v>
       </c>
       <c r="E490">
         <v>1</v>
       </c>
       <c r="F490" t="s">
         <v>47</v>
       </c>
       <c r="G490" t="s">
         <v>48</v>
       </c>
       <c r="H490"/>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="B491" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C491" t="s">
         <v>43</v>
       </c>
       <c r="D491" t="s">
         <v>44</v>
       </c>
       <c r="E491">
         <v>6</v>
       </c>
       <c r="F491" t="s">
         <v>49</v>
       </c>
       <c r="G491" t="s">
         <v>50</v>
       </c>
       <c r="H491"/>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="B492" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C492" t="s">
         <v>101</v>
       </c>
       <c r="D492" t="s">
         <v>11</v>
       </c>
       <c r="E492">
         <v>3</v>
       </c>
       <c r="F492" t="s">
         <v>388</v>
       </c>
       <c r="G492" t="s">
         <v>389</v>
       </c>
       <c r="H492">
         <v>4.0</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="B493" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="C493" t="s">
         <v>10</v>
       </c>
       <c r="D493" t="s">
         <v>11</v>
       </c>
       <c r="E493">
         <v>1</v>
       </c>
       <c r="F493" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="G493" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H493"/>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B494" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C494" t="s">
         <v>73</v>
       </c>
       <c r="D494" t="s">
         <v>74</v>
       </c>
       <c r="E494">
         <v>3</v>
       </c>
       <c r="F494" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="G494" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="H494"/>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B495" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C495" t="s">
         <v>73</v>
       </c>
       <c r="D495" t="s">
         <v>74</v>
       </c>
       <c r="E495">
         <v>1</v>
       </c>
       <c r="F495" t="s">
         <v>521</v>
       </c>
       <c r="G495" t="s">
         <v>522</v>
       </c>
       <c r="H495"/>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B496" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C496" t="s">
         <v>73</v>
       </c>
       <c r="D496" t="s">
         <v>74</v>
       </c>
       <c r="E496">
         <v>2</v>
       </c>
       <c r="F496" t="s">
         <v>531</v>
       </c>
       <c r="G496" t="s">
         <v>532</v>
       </c>
       <c r="H496"/>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B497" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C497" t="s">
         <v>73</v>
       </c>
       <c r="D497" t="s">
         <v>74</v>
       </c>
       <c r="E497">
         <v>1</v>
       </c>
       <c r="F497" t="s">
         <v>628</v>
       </c>
       <c r="G497" t="s">
         <v>629</v>
       </c>
       <c r="H497"/>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B498" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C498" t="s">
         <v>73</v>
       </c>
       <c r="D498" t="s">
         <v>74</v>
       </c>
       <c r="E498">
         <v>1</v>
       </c>
       <c r="F498" t="s">
         <v>39</v>
       </c>
       <c r="G498" t="s">
         <v>40</v>
       </c>
       <c r="H498">
         <v>1.0</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="B499" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C499" t="s">
         <v>627</v>
       </c>
       <c r="D499" t="s">
         <v>319</v>
       </c>
       <c r="E499">
         <v>1</v>
       </c>
       <c r="F499" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="G499"/>
       <c r="H499"/>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B500" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C500" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D500" t="s">
         <v>74</v>
       </c>
       <c r="E500">
         <v>1</v>
       </c>
       <c r="F500" t="s">
         <v>77</v>
       </c>
       <c r="G500" t="s">
         <v>78</v>
       </c>
       <c r="H500"/>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B501" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C501" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D501" t="s">
         <v>74</v>
       </c>
       <c r="E501">
         <v>3</v>
       </c>
       <c r="F501" t="s">
         <v>75</v>
       </c>
       <c r="G501" t="s">
         <v>76</v>
       </c>
       <c r="H501">
         <v>3.0</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="B502" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="C502" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="D502" t="s">
         <v>74</v>
       </c>
       <c r="E502">
         <v>1</v>
       </c>
       <c r="F502" t="s">
         <v>79</v>
       </c>
       <c r="G502" t="s">
         <v>80</v>
       </c>
       <c r="H502"/>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="B503" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C503" t="s">
         <v>627</v>
       </c>
       <c r="D503" t="s">
         <v>319</v>
       </c>
       <c r="E503">
         <v>1</v>
       </c>
       <c r="F503" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="G503"/>
       <c r="H503"/>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B504" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C504" t="s">
         <v>10</v>
       </c>
       <c r="D504" t="s">
         <v>11</v>
       </c>
       <c r="E504">
         <v>6</v>
       </c>
       <c r="F504" t="s">
         <v>541</v>
       </c>
       <c r="G504" t="s">
         <v>542</v>
       </c>
       <c r="H504"/>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B505" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C505" t="s">
         <v>10</v>
       </c>
       <c r="D505" t="s">
         <v>11</v>
       </c>
       <c r="E505">
         <v>1</v>
       </c>
       <c r="F505" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="G505" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="H505"/>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="B506" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C506" t="s">
         <v>10</v>
       </c>
       <c r="D506" t="s">
         <v>11</v>
       </c>
       <c r="E506">
         <v>1</v>
       </c>
       <c r="F506" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="G506" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H506">
         <v>7.0</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B507" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C507" t="s">
         <v>10</v>
       </c>
       <c r="D507" t="s">
         <v>11</v>
       </c>
       <c r="E507">
         <v>1</v>
       </c>
       <c r="F507" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="G507" t="s">
         <v>78</v>
       </c>
       <c r="H507"/>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="B508" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C508" t="s">
         <v>10</v>
       </c>
       <c r="D508" t="s">
         <v>11</v>
       </c>
       <c r="E508">
         <v>1</v>
       </c>
       <c r="F508" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="G508" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="H508"/>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B509" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C509" t="s">
         <v>287</v>
       </c>
       <c r="D509" t="s">
         <v>59</v>
       </c>
       <c r="E509">
         <v>2</v>
       </c>
       <c r="F509" t="s">
         <v>468</v>
       </c>
       <c r="G509" t="s">
         <v>327</v>
       </c>
       <c r="H509"/>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B510" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C510" t="s">
         <v>287</v>
       </c>
       <c r="D510" t="s">
         <v>59</v>
       </c>
       <c r="E510">
         <v>6</v>
       </c>
       <c r="F510" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G510" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H510">
         <v>1.0</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B511" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C511" t="s">
         <v>287</v>
       </c>
       <c r="D511" t="s">
         <v>59</v>
       </c>
       <c r="E511">
         <v>1</v>
       </c>
       <c r="F511" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="G511" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H511">
         <v>1.0</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B512" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C512" t="s">
         <v>287</v>
       </c>
       <c r="D512" t="s">
         <v>59</v>
       </c>
       <c r="E512">
         <v>1</v>
       </c>
       <c r="F512" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="G512" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H512">
         <v>1.0</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="B513" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C513" t="s">
         <v>287</v>
       </c>
       <c r="D513" t="s">
         <v>59</v>
       </c>
       <c r="E513">
         <v>2</v>
       </c>
       <c r="F513" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G513" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H513"/>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B514" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C514" t="s">
         <v>287</v>
       </c>
       <c r="D514" t="s">
         <v>59</v>
       </c>
       <c r="E514">
         <v>1</v>
       </c>
       <c r="F514" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="G514" t="s">
         <v>425</v>
       </c>
       <c r="H514">
         <v>1.0</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B515" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C515" t="s">
         <v>53</v>
       </c>
       <c r="D515" t="s">
         <v>44</v>
       </c>
       <c r="E515">
         <v>3</v>
       </c>
       <c r="F515" t="s">
         <v>54</v>
       </c>
       <c r="G515" t="s">
         <v>55</v>
       </c>
       <c r="H515"/>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="B516" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C516" t="s">
         <v>361</v>
       </c>
       <c r="D516" t="s">
         <v>166</v>
       </c>
       <c r="E516">
         <v>4</v>
       </c>
       <c r="F516" t="s">
         <v>102</v>
       </c>
       <c r="G516" t="s">
         <v>103</v>
       </c>
       <c r="H516"/>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B517" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C517" t="s">
         <v>366</v>
       </c>
       <c r="D517" t="s">
         <v>74</v>
       </c>
       <c r="E517">
         <v>7</v>
       </c>
       <c r="F517" t="s">
         <v>541</v>
       </c>
       <c r="G517" t="s">
         <v>542</v>
       </c>
       <c r="H517"/>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B518" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C518" t="s">
         <v>137</v>
       </c>
       <c r="D518" t="s">
         <v>44</v>
       </c>
       <c r="E518">
         <v>1</v>
       </c>
       <c r="F518" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="G518" t="s">
         <v>351</v>
       </c>
       <c r="H518"/>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B519" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C519" t="s">
         <v>137</v>
       </c>
       <c r="D519" t="s">
         <v>44</v>
       </c>
       <c r="E519">
         <v>1</v>
       </c>
       <c r="F519" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="G519" t="s">
         <v>351</v>
       </c>
       <c r="H519"/>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B520" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C520" t="s">
         <v>137</v>
       </c>
       <c r="D520" t="s">
         <v>44</v>
       </c>
       <c r="E520">
         <v>3</v>
       </c>
       <c r="F520" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="G520" t="s">
         <v>351</v>
       </c>
       <c r="H520"/>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B521" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C521" t="s">
         <v>137</v>
       </c>
       <c r="D521" t="s">
         <v>44</v>
       </c>
       <c r="E521">
         <v>3</v>
       </c>
       <c r="F521" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G521" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H521"/>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="B522" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="C522" t="s">
         <v>137</v>
       </c>
       <c r="D522" t="s">
         <v>44</v>
       </c>
       <c r="E522">
         <v>3</v>
       </c>
       <c r="F522" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="G522" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="H522"/>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="B523" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C523" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D523" t="s">
         <v>319</v>
       </c>
       <c r="E523">
         <v>3</v>
       </c>
       <c r="F523" t="s">
         <v>541</v>
       </c>
       <c r="G523" t="s">
         <v>542</v>
       </c>
       <c r="H523"/>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B524" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C524" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D524" t="s">
         <v>65</v>
       </c>
       <c r="E524">
         <v>1</v>
       </c>
       <c r="F524" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="G524" t="s">
         <v>67</v>
       </c>
       <c r="H524"/>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B525" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C525" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D525" t="s">
         <v>65</v>
       </c>
       <c r="E525">
         <v>1</v>
       </c>
       <c r="F525" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="G525" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="H525">
         <v>4.0</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B526" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C526" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D526" t="s">
         <v>65</v>
       </c>
       <c r="E526">
         <v>2</v>
       </c>
       <c r="F526" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="G526" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="H526">
         <v>4.0</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B527" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C527" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D527" t="s">
         <v>65</v>
       </c>
       <c r="E527">
         <v>1</v>
       </c>
       <c r="F527" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="G527" t="s">
         <v>107</v>
       </c>
       <c r="H527">
         <v>1.0</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="B528" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C528" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D528" t="s">
         <v>65</v>
       </c>
       <c r="E528">
         <v>1</v>
       </c>
       <c r="F528" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="G528" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H528"/>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B529" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C529" t="s">
         <v>242</v>
       </c>
       <c r="D529" t="s">
         <v>65</v>
       </c>
       <c r="E529">
         <v>1</v>
       </c>
       <c r="F529" t="s">
-        <v>675</v>
+        <v>671</v>
       </c>
       <c r="G529" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="H529">
         <v>4.0</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B530" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C530" t="s">
         <v>242</v>
       </c>
       <c r="D530" t="s">
         <v>65</v>
       </c>
       <c r="E530">
         <v>3</v>
       </c>
       <c r="F530" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="G530" t="s">
         <v>282</v>
       </c>
       <c r="H530"/>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B531" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C531" t="s">
         <v>10</v>
       </c>
       <c r="D531" t="s">
         <v>11</v>
       </c>
       <c r="E531">
         <v>1</v>
       </c>
       <c r="F531" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="G531" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="H531"/>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B532" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C532" t="s">
         <v>10</v>
       </c>
       <c r="D532" t="s">
         <v>11</v>
       </c>
       <c r="E532">
         <v>2</v>
       </c>
       <c r="F532" t="s">
         <v>16</v>
       </c>
       <c r="G532" t="s">
         <v>17</v>
       </c>
       <c r="H532"/>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B533" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C533" t="s">
         <v>10</v>
       </c>
       <c r="D533" t="s">
         <v>11</v>
       </c>
       <c r="E533">
         <v>1</v>
       </c>
       <c r="F533" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="G533" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="H533">
         <v>3.0</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B534" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C534" t="s">
         <v>10</v>
       </c>
       <c r="D534" t="s">
         <v>11</v>
       </c>
       <c r="E534">
         <v>1</v>
       </c>
       <c r="F534" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="G534" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H534"/>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B535" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C535" t="s">
         <v>10</v>
       </c>
       <c r="D535" t="s">
         <v>11</v>
       </c>
       <c r="E535">
         <v>1</v>
       </c>
       <c r="F535" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="G535" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="H535"/>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="B536" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="C536" t="s">
         <v>10</v>
       </c>
       <c r="D536" t="s">
         <v>11</v>
       </c>
       <c r="E536">
         <v>1</v>
       </c>
       <c r="F536" t="s">
         <v>283</v>
       </c>
       <c r="G536" t="s">
         <v>284</v>
       </c>
       <c r="H536"/>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B537" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C537" t="s">
         <v>53</v>
       </c>
       <c r="D537" t="s">
         <v>44</v>
       </c>
       <c r="E537">
         <v>1</v>
       </c>
       <c r="F537" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="G537" t="s">
         <v>586</v>
       </c>
       <c r="H537">
         <v>4.0</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B538" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C538" t="s">
         <v>53</v>
       </c>
       <c r="D538" t="s">
         <v>44</v>
       </c>
       <c r="E538">
         <v>1</v>
       </c>
       <c r="F538" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="G538" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="H538"/>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="B539" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="C539" t="s">
         <v>53</v>
       </c>
       <c r="D539" t="s">
         <v>44</v>
       </c>
       <c r="E539">
         <v>1</v>
       </c>
       <c r="F539" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="G539" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="H539"/>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B540" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C540" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D540" t="s">
         <v>166</v>
       </c>
       <c r="E540">
         <v>5</v>
       </c>
       <c r="F540" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="G540" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H540"/>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B541" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C541" t="s">
         <v>64</v>
       </c>
       <c r="D541" t="s">
         <v>65</v>
       </c>
       <c r="E541">
         <v>4</v>
       </c>
       <c r="F541" t="s">
         <v>176</v>
       </c>
       <c r="G541" t="s">
         <v>177</v>
       </c>
       <c r="H541"/>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B542" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C542" t="s">
         <v>64</v>
       </c>
       <c r="D542" t="s">
         <v>65</v>
       </c>
       <c r="E542">
         <v>2</v>
       </c>
       <c r="F542" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G542" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H542">
         <v>4.0</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B543" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C543" t="s">
         <v>64</v>
       </c>
       <c r="D543" t="s">
         <v>65</v>
       </c>
       <c r="E543">
         <v>6</v>
       </c>
       <c r="F543" t="s">
         <v>379</v>
       </c>
       <c r="G543" t="s">
         <v>380</v>
       </c>
       <c r="H543"/>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="B544" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="C544" t="s">
         <v>64</v>
       </c>
       <c r="D544" t="s">
         <v>65</v>
       </c>
       <c r="E544">
         <v>1</v>
       </c>
       <c r="F544" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="G544" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H544">
         <v>1.0</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B545" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C545" t="s">
         <v>242</v>
       </c>
       <c r="D545" t="s">
         <v>65</v>
       </c>
       <c r="E545">
         <v>2</v>
       </c>
       <c r="F545" t="s">
         <v>243</v>
       </c>
       <c r="G545" t="s">
         <v>244</v>
       </c>
       <c r="H545"/>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B546" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C546" t="s">
         <v>137</v>
       </c>
       <c r="D546" t="s">
         <v>44</v>
       </c>
       <c r="E546">
         <v>2</v>
       </c>
       <c r="F546" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="G546" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="H546"/>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B547" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C547" t="s">
         <v>137</v>
       </c>
       <c r="D547" t="s">
         <v>44</v>
       </c>
       <c r="E547">
         <v>2</v>
       </c>
       <c r="F547" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="G547" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H547"/>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B548" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C548" t="s">
         <v>137</v>
       </c>
       <c r="D548" t="s">
         <v>44</v>
       </c>
       <c r="E548">
         <v>1</v>
       </c>
       <c r="F548" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="G548" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H548"/>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B549" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C549" t="s">
         <v>137</v>
       </c>
       <c r="D549" t="s">
         <v>44</v>
       </c>
       <c r="E549">
         <v>3</v>
       </c>
       <c r="F549" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="G549" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H549"/>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B550" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C550" t="s">
         <v>64</v>
       </c>
       <c r="D550" t="s">
         <v>65</v>
       </c>
       <c r="E550">
         <v>2</v>
       </c>
       <c r="F550" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G550" t="s">
         <v>524</v>
       </c>
       <c r="H550"/>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B551" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C551" t="s">
         <v>64</v>
       </c>
       <c r="D551" t="s">
         <v>65</v>
       </c>
       <c r="E551">
         <v>5</v>
       </c>
       <c r="F551" t="s">
         <v>68</v>
       </c>
       <c r="G551" t="s">
         <v>67</v>
       </c>
       <c r="H551"/>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B552" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C552" t="s">
         <v>64</v>
       </c>
       <c r="D552" t="s">
         <v>65</v>
       </c>
       <c r="E552">
         <v>5</v>
       </c>
       <c r="F552" t="s">
         <v>66</v>
       </c>
       <c r="G552" t="s">
         <v>67</v>
       </c>
       <c r="H552"/>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B553" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C553" t="s">
         <v>64</v>
       </c>
       <c r="D553" t="s">
         <v>65</v>
       </c>
       <c r="E553">
         <v>4</v>
       </c>
       <c r="F553" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G553" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H553">
         <v>4.0</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="B554" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="C554" t="s">
         <v>64</v>
       </c>
       <c r="D554" t="s">
         <v>65</v>
       </c>
       <c r="E554">
         <v>4</v>
       </c>
       <c r="F554" t="s">
         <v>69</v>
       </c>
       <c r="G554" t="s">
         <v>70</v>
       </c>
       <c r="H554">
         <v>4.0</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B555" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C555" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D555" t="s">
         <v>166</v>
       </c>
       <c r="E555">
         <v>5</v>
       </c>
       <c r="F555" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G555" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H555">
         <v>1.0</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B556" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C556" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D556" t="s">
         <v>166</v>
       </c>
       <c r="E556">
         <v>1</v>
       </c>
       <c r="F556" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="G556" t="s">
         <v>428</v>
       </c>
       <c r="H556">
         <v>1.0</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="B557" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C557" t="s">
         <v>64</v>
       </c>
       <c r="D557" t="s">
         <v>65</v>
       </c>
       <c r="E557">
         <v>1</v>
       </c>
       <c r="F557" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="G557" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="H557"/>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B558" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C558" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D558" t="s">
         <v>65</v>
       </c>
       <c r="E558">
         <v>1</v>
       </c>
       <c r="F558" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="G558" t="s">
         <v>282</v>
       </c>
       <c r="H558"/>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B559" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C559" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D559" t="s">
         <v>65</v>
       </c>
       <c r="E559">
         <v>1</v>
       </c>
       <c r="F559" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="G559" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H559"/>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B560" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C560" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D560" t="s">
         <v>65</v>
       </c>
       <c r="E560">
         <v>1</v>
       </c>
       <c r="F560" t="s">
+        <v>1057</v>
+      </c>
+      <c r="G560" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1055</v>
       </c>
       <c r="H560"/>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B561" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C561" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D561" t="s">
         <v>65</v>
       </c>
       <c r="E561">
         <v>1</v>
       </c>
       <c r="F561" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="G561" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H561"/>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B562" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C562" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D562" t="s">
         <v>65</v>
       </c>
       <c r="E562">
         <v>1</v>
       </c>
       <c r="F562" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="G562" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H562"/>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B563" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C563" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D563" t="s">
         <v>65</v>
       </c>
       <c r="E563">
         <v>1</v>
       </c>
       <c r="F563" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
       <c r="G563" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H563"/>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B564" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C564" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D564" t="s">
         <v>65</v>
       </c>
       <c r="E564">
         <v>1</v>
       </c>
       <c r="F564" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="G564" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H564">
         <v>4.0</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="B565" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="C565" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D565" t="s">
         <v>65</v>
       </c>
       <c r="E565">
         <v>1</v>
       </c>
       <c r="F565" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="G565" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="H565"/>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B566" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C566" t="s">
         <v>144</v>
       </c>
       <c r="D566" t="s">
         <v>65</v>
       </c>
       <c r="E566">
         <v>1</v>
       </c>
       <c r="F566" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="G566" t="s">
         <v>540</v>
       </c>
       <c r="H566">
         <v>1.0</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B567" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C567" t="s">
         <v>144</v>
       </c>
       <c r="D567" t="s">
         <v>65</v>
       </c>
       <c r="E567">
         <v>4</v>
       </c>
       <c r="F567" t="s">
         <v>121</v>
       </c>
       <c r="G567" t="s">
         <v>122</v>
       </c>
       <c r="H567">
         <v>1.0</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B568" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C568" t="s">
         <v>144</v>
       </c>
       <c r="D568" t="s">
         <v>65</v>
       </c>
       <c r="E568">
         <v>1</v>
       </c>
       <c r="F568" t="s">
         <v>541</v>
       </c>
       <c r="G568" t="s">
         <v>542</v>
       </c>
       <c r="H568"/>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B569" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C569" t="s">
         <v>144</v>
       </c>
       <c r="D569" t="s">
         <v>65</v>
       </c>
       <c r="E569">
         <v>3</v>
       </c>
       <c r="F569" t="s">
         <v>155</v>
       </c>
       <c r="G569" t="s">
         <v>156</v>
       </c>
       <c r="H569"/>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B570" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C570" t="s">
         <v>144</v>
       </c>
       <c r="D570" t="s">
         <v>65</v>
       </c>
       <c r="E570">
         <v>1</v>
       </c>
       <c r="F570" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="G570" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="H570"/>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B571" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C571" t="s">
         <v>165</v>
       </c>
       <c r="D571" t="s">
         <v>166</v>
       </c>
       <c r="E571">
         <v>1</v>
       </c>
       <c r="F571" t="s">
         <v>407</v>
       </c>
       <c r="G571" t="s">
         <v>122</v>
       </c>
       <c r="H571">
         <v>1.0</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B572" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C572" t="s">
         <v>165</v>
       </c>
       <c r="D572" t="s">
         <v>166</v>
       </c>
       <c r="E572">
         <v>1</v>
       </c>
       <c r="F572" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="G572" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="H572">
         <v>1.0</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B573" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C573" t="s">
         <v>165</v>
       </c>
       <c r="D573" t="s">
         <v>166</v>
       </c>
       <c r="E573">
         <v>1</v>
       </c>
       <c r="F573" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="G573" t="s">
         <v>184</v>
       </c>
       <c r="H573">
         <v>3.0</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B574" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C574" t="s">
         <v>165</v>
       </c>
       <c r="D574" t="s">
         <v>166</v>
       </c>
       <c r="E574">
         <v>1</v>
       </c>
       <c r="F574" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="G574" t="s">
         <v>198</v>
       </c>
       <c r="H574"/>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="B575" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="C575" t="s">
         <v>165</v>
       </c>
       <c r="D575" t="s">
         <v>166</v>
       </c>
       <c r="E575">
         <v>5</v>
       </c>
       <c r="F575" t="s">
         <v>183</v>
       </c>
       <c r="G575" t="s">
         <v>184</v>
       </c>
       <c r="H575">
         <v>3.0</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B576" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C576" t="s">
         <v>144</v>
       </c>
       <c r="D576" t="s">
         <v>65</v>
       </c>
       <c r="E576">
         <v>4</v>
       </c>
       <c r="F576" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="G576" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H576"/>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B577" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C577" t="s">
         <v>144</v>
       </c>
       <c r="D577" t="s">
         <v>65</v>
       </c>
       <c r="E577">
         <v>4</v>
       </c>
       <c r="F577" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="G577" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="H577"/>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B578" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C578" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D578" t="s">
         <v>319</v>
       </c>
       <c r="E578">
         <v>1</v>
       </c>
       <c r="F578" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="G578" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H578">
         <v>3.0</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="B579" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="C579" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="D579" t="s">
         <v>319</v>
       </c>
       <c r="E579">
         <v>1</v>
       </c>
       <c r="F579" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="G579" t="s">
         <v>67</v>
       </c>
       <c r="H579"/>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="B580" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C580" t="s">
         <v>242</v>
       </c>
       <c r="D580" t="s">
         <v>65</v>
       </c>
       <c r="E580">
         <v>6</v>
       </c>
       <c r="F580" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="G580" t="s">
         <v>282</v>
       </c>
       <c r="H580"/>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="B581" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="C581" t="s">
         <v>610</v>
       </c>
       <c r="D581" t="s">
         <v>74</v>
       </c>
       <c r="E581">
         <v>1</v>
       </c>
       <c r="F581" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="G581" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H581">
         <v>1.0</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B582" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C582" t="s">
         <v>36</v>
       </c>
       <c r="D582" t="s">
         <v>11</v>
       </c>
       <c r="E582">
         <v>3</v>
       </c>
       <c r="F582" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="G582" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="H582">
         <v>3.0</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B583" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C583" t="s">
         <v>36</v>
       </c>
       <c r="D583" t="s">
         <v>11</v>
       </c>
       <c r="E583">
         <v>1</v>
       </c>
       <c r="F583" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="G583" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="H583"/>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="B584" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="C584" t="s">
         <v>116</v>
       </c>
       <c r="D584" t="s">
         <v>59</v>
       </c>
       <c r="E584">
         <v>4</v>
       </c>
       <c r="F584" t="s">
         <v>117</v>
       </c>
       <c r="G584" t="s">
         <v>118</v>
       </c>
       <c r="H584"/>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B585" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C585" t="s">
         <v>310</v>
       </c>
       <c r="D585" t="s">
         <v>74</v>
       </c>
       <c r="E585">
         <v>2</v>
       </c>
       <c r="F585" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G585" t="s">
         <v>173</v>
       </c>
       <c r="H585"/>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="B586" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="C586" t="s">
         <v>310</v>
       </c>
       <c r="D586" t="s">
         <v>74</v>
       </c>
       <c r="E586">
         <v>6</v>
       </c>
       <c r="F586" t="s">
         <v>314</v>
       </c>
       <c r="G586" t="s">
         <v>315</v>
       </c>
       <c r="H586"/>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B587" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C587" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D587" t="s">
         <v>65</v>
       </c>
       <c r="E587">
         <v>4</v>
       </c>
       <c r="F587" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="G587" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="H587"/>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B588" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C588" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D588" t="s">
         <v>65</v>
       </c>
       <c r="E588">
         <v>4</v>
       </c>
       <c r="F588" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G588" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="H588">
         <v>1.0</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B589" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C589" t="s">
         <v>278</v>
       </c>
       <c r="D589" t="s">
         <v>65</v>
       </c>
       <c r="E589">
         <v>3</v>
       </c>
       <c r="F589" t="s">
         <v>12</v>
       </c>
       <c r="G589" t="s">
         <v>13</v>
       </c>
       <c r="H589"/>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B590" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C590" t="s">
         <v>278</v>
       </c>
       <c r="D590" t="s">
         <v>65</v>
       </c>
       <c r="E590">
         <v>1</v>
       </c>
       <c r="F590" t="s">
         <v>463</v>
       </c>
       <c r="G590"/>
       <c r="H590"/>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B591" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C591" t="s">
         <v>116</v>
       </c>
       <c r="D591" t="s">
         <v>59</v>
       </c>
       <c r="E591">
         <v>8</v>
       </c>
       <c r="F591" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G591" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H591">
         <v>1.0</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="B592" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="C592" t="s">
         <v>144</v>
       </c>
       <c r="D592" t="s">
         <v>65</v>
       </c>
       <c r="E592">
         <v>4</v>
       </c>
       <c r="F592" t="s">
         <v>145</v>
       </c>
       <c r="G592" t="s">
         <v>146</v>
       </c>
       <c r="H592"/>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B593" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C593" t="s">
         <v>310</v>
       </c>
       <c r="D593" t="s">
         <v>74</v>
       </c>
       <c r="E593">
         <v>1</v>
       </c>
       <c r="F593" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="G593" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="H593">
         <v>2.0</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B594" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C594" t="s">
         <v>310</v>
       </c>
       <c r="D594" t="s">
         <v>74</v>
       </c>
       <c r="E594">
         <v>1</v>
       </c>
       <c r="F594" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="G594" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="H594">
         <v>1.0</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="B595" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="C595" t="s">
         <v>310</v>
       </c>
       <c r="D595" t="s">
         <v>74</v>
       </c>
       <c r="E595">
         <v>2</v>
       </c>
       <c r="F595" t="s">
         <v>121</v>
       </c>
       <c r="G595" t="s">
         <v>122</v>
       </c>
       <c r="H595">
         <v>1.0</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B596" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C596" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D596" t="s">
         <v>65</v>
       </c>
       <c r="E596">
         <v>3</v>
       </c>
       <c r="F596" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G596" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H596">
         <v>4.0</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B597" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C597" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D597" t="s">
         <v>65</v>
       </c>
       <c r="E597">
         <v>1</v>
       </c>
       <c r="F597" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="G597" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H597">
         <v>4.0</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B598" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C598" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D598" t="s">
         <v>65</v>
       </c>
       <c r="E598">
         <v>1</v>
       </c>
       <c r="F598" t="s">
         <v>68</v>
       </c>
       <c r="G598" t="s">
         <v>67</v>
       </c>
       <c r="H598"/>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B599" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C599" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D599" t="s">
         <v>65</v>
       </c>
       <c r="E599">
         <v>1</v>
       </c>
       <c r="F599" t="s">
         <v>66</v>
       </c>
       <c r="G599" t="s">
         <v>67</v>
       </c>
       <c r="H599"/>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B600" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C600" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D600" t="s">
         <v>65</v>
       </c>
       <c r="E600">
         <v>1</v>
       </c>
       <c r="F600" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="G600" t="s">
         <v>67</v>
       </c>
       <c r="H600"/>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B601" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C601" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D601" t="s">
         <v>65</v>
       </c>
       <c r="E601">
         <v>1</v>
       </c>
       <c r="F601" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="G601" t="s">
         <v>597</v>
       </c>
       <c r="H601"/>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B602" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C602" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D602" t="s">
         <v>65</v>
       </c>
       <c r="E602">
         <v>1</v>
       </c>
       <c r="F602" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G602" t="s">
         <v>524</v>
       </c>
       <c r="H602"/>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="B603" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="C603" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D603" t="s">
         <v>65</v>
       </c>
       <c r="E603">
         <v>1</v>
       </c>
       <c r="F603" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="G603" t="s">
         <v>67</v>
       </c>
       <c r="H603"/>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B604" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C604" t="s">
         <v>310</v>
       </c>
       <c r="D604" t="s">
         <v>74</v>
       </c>
       <c r="E604">
         <v>1</v>
       </c>
       <c r="F604" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="G604" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H604"/>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B605" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C605" t="s">
         <v>310</v>
       </c>
       <c r="D605" t="s">
         <v>74</v>
       </c>
       <c r="E605">
         <v>1</v>
       </c>
       <c r="F605" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="G605" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="H605">
         <v>1.0</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="B606" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="C606" t="s">
         <v>101</v>
       </c>
       <c r="D606" t="s">
         <v>11</v>
       </c>
       <c r="E606">
         <v>4</v>
       </c>
       <c r="F606" t="s">
         <v>443</v>
       </c>
       <c r="G606" t="s">
         <v>168</v>
       </c>
       <c r="H606"/>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B607" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="C607" t="s">
         <v>310</v>
       </c>
       <c r="D607" t="s">
         <v>74</v>
       </c>
       <c r="E607">
         <v>1</v>
       </c>
       <c r="F607" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="G607" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="H607"/>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="B608" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="C608" t="s">
         <v>310</v>
       </c>
       <c r="D608" t="s">
         <v>74</v>
       </c>
       <c r="E608">
         <v>1</v>
       </c>
       <c r="F608" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="G608"/>
       <c r="H608"/>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B609" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C609" t="s">
         <v>64</v>
       </c>
       <c r="D609" t="s">
         <v>65</v>
       </c>
       <c r="E609">
         <v>1</v>
       </c>
       <c r="F609" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="G609" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="H609"/>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B610" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C610" t="s">
         <v>64</v>
       </c>
       <c r="D610" t="s">
         <v>65</v>
       </c>
       <c r="E610">
         <v>1</v>
       </c>
       <c r="F610" t="s">
         <v>176</v>
       </c>
       <c r="G610" t="s">
         <v>177</v>
       </c>
       <c r="H610"/>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B611" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C611" t="s">
         <v>64</v>
       </c>
       <c r="D611" t="s">
         <v>65</v>
       </c>
       <c r="E611">
         <v>1</v>
       </c>
       <c r="F611" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="G611" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H611">
         <v>1.0</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B612" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C612" t="s">
         <v>64</v>
       </c>
       <c r="D612" t="s">
         <v>65</v>
       </c>
       <c r="E612">
         <v>6</v>
       </c>
       <c r="F612" t="s">
         <v>69</v>
       </c>
       <c r="G612" t="s">
         <v>70</v>
       </c>
       <c r="H612">
         <v>4.0</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B613" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C613" t="s">
         <v>64</v>
       </c>
       <c r="D613" t="s">
         <v>65</v>
       </c>
       <c r="E613">
         <v>1</v>
       </c>
       <c r="F613" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G613" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H613">
         <v>4.0</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="B614" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="C614" t="s">
         <v>64</v>
       </c>
       <c r="D614" t="s">
         <v>65</v>
       </c>
       <c r="E614">
         <v>1</v>
       </c>
       <c r="F614" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="G614" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="H614">
         <v>6.0</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B615" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C615" t="s">
         <v>64</v>
       </c>
       <c r="D615" t="s">
         <v>65</v>
       </c>
       <c r="E615">
         <v>1</v>
       </c>
       <c r="F615" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G615" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="H615">
         <v>1.0</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B616" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C616" t="s">
         <v>64</v>
       </c>
       <c r="D616" t="s">
         <v>65</v>
       </c>
       <c r="E616">
         <v>1</v>
       </c>
       <c r="F616" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="G616" t="s">
         <v>425</v>
       </c>
       <c r="H616">
         <v>1.0</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B617" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C617" t="s">
         <v>64</v>
       </c>
       <c r="D617" t="s">
         <v>65</v>
       </c>
       <c r="E617">
         <v>1</v>
       </c>
       <c r="F617" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="G617" t="s">
         <v>425</v>
       </c>
       <c r="H617">
         <v>1.0</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
       <c r="B618" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C618" t="s">
         <v>64</v>
       </c>
       <c r="D618" t="s">
         <v>65</v>
       </c>
       <c r="E618">
         <v>1</v>
       </c>
       <c r="F618" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="G618" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="H618"/>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B619" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C619" t="s">
         <v>242</v>
       </c>
       <c r="D619" t="s">
         <v>65</v>
       </c>
       <c r="E619">
         <v>5</v>
       </c>
       <c r="F619" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="G619" t="s">
         <v>282</v>
       </c>
       <c r="H619"/>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B620" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C620" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D620" t="s">
         <v>65</v>
       </c>
       <c r="E620">
         <v>3</v>
       </c>
       <c r="F620" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="G620" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H620">
         <v>1.0</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B621" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C621" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D621" t="s">
         <v>65</v>
       </c>
       <c r="E621">
         <v>5</v>
       </c>
       <c r="F621" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="G621" t="s">
         <v>67</v>
       </c>
       <c r="H621"/>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B622" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C622" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D622" t="s">
         <v>65</v>
       </c>
       <c r="E622">
         <v>3</v>
       </c>
       <c r="F622" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="G622" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H622"/>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B623" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C623" t="s">
         <v>310</v>
       </c>
       <c r="D623" t="s">
         <v>74</v>
       </c>
       <c r="E623">
         <v>5</v>
       </c>
       <c r="F623" t="s">
         <v>338</v>
       </c>
       <c r="G623" t="s">
         <v>339</v>
       </c>
       <c r="H623">
         <v>4.0</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B624" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C624" t="s">
         <v>310</v>
       </c>
       <c r="D624" t="s">
         <v>74</v>
       </c>
       <c r="E624">
         <v>4</v>
       </c>
       <c r="F624" t="s">
         <v>311</v>
       </c>
       <c r="G624" t="s">
         <v>191</v>
       </c>
       <c r="H624"/>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="B625" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C625" t="s">
         <v>310</v>
       </c>
       <c r="D625" t="s">
         <v>74</v>
       </c>
       <c r="E625">
         <v>4</v>
       </c>
       <c r="F625" t="s">
         <v>628</v>
       </c>
       <c r="G625" t="s">
         <v>629</v>
       </c>
       <c r="H625"/>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B626" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="C626" t="s">
         <v>361</v>
       </c>
       <c r="D626" t="s">
         <v>166</v>
       </c>
       <c r="E626">
         <v>4</v>
       </c>
       <c r="F626" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G626" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="H626">
         <v>3.0</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B627" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C627" t="s">
         <v>310</v>
       </c>
       <c r="D627" t="s">
         <v>74</v>
       </c>
       <c r="E627">
         <v>1</v>
       </c>
       <c r="F627" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="G627" t="s">
         <v>586</v>
       </c>
       <c r="H627">
         <v>4.0</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B628" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C628" t="s">
         <v>310</v>
       </c>
       <c r="D628" t="s">
         <v>74</v>
       </c>
       <c r="E628">
         <v>1</v>
       </c>
       <c r="F628" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G628" t="s">
         <v>597</v>
       </c>
       <c r="H628"/>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B629" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C629" t="s">
         <v>310</v>
       </c>
       <c r="D629" t="s">
         <v>74</v>
       </c>
       <c r="E629">
         <v>1</v>
       </c>
       <c r="F629" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="G629" t="s">
         <v>378</v>
       </c>
       <c r="H629">
         <v>1.0</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B630" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C630" t="s">
         <v>310</v>
       </c>
       <c r="D630" t="s">
         <v>74</v>
       </c>
       <c r="E630">
         <v>5</v>
       </c>
       <c r="F630" t="s">
         <v>311</v>
       </c>
       <c r="G630" t="s">
         <v>191</v>
       </c>
       <c r="H630"/>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B631" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C631" t="s">
         <v>310</v>
       </c>
       <c r="D631" t="s">
         <v>74</v>
       </c>
       <c r="E631">
         <v>1</v>
       </c>
       <c r="F631" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="G631" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="H631"/>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="B632" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C632" t="s">
         <v>310</v>
       </c>
       <c r="D632" t="s">
         <v>74</v>
       </c>
       <c r="E632">
         <v>1</v>
       </c>
       <c r="F632" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="G632" t="s">
         <v>303</v>
       </c>
       <c r="H632"/>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="B633" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C633" t="s">
         <v>242</v>
       </c>
       <c r="D633" t="s">
         <v>65</v>
       </c>
       <c r="E633">
         <v>8</v>
       </c>
       <c r="F633" t="s">
         <v>243</v>
       </c>
       <c r="G633" t="s">
         <v>244</v>
       </c>
       <c r="H633"/>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B634" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C634" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D634" t="s">
         <v>319</v>
       </c>
       <c r="E634">
         <v>2</v>
       </c>
       <c r="F634" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="G634" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="H634">
         <v>1.0</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B635" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C635" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D635" t="s">
         <v>319</v>
       </c>
       <c r="E635">
         <v>1</v>
       </c>
       <c r="F635" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="G635" t="s">
         <v>19</v>
       </c>
       <c r="H635">
         <v>1.0</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B636" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C636" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D636" t="s">
         <v>319</v>
       </c>
       <c r="E636">
         <v>1</v>
       </c>
       <c r="F636" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="G636" t="s">
         <v>19</v>
       </c>
       <c r="H636">
         <v>1.0</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B637" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C637" t="s">
         <v>36</v>
       </c>
       <c r="D637" t="s">
         <v>11</v>
       </c>
       <c r="E637">
         <v>1</v>
       </c>
       <c r="F637" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="G637" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H637"/>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B638" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C638" t="s">
         <v>36</v>
       </c>
       <c r="D638" t="s">
         <v>11</v>
       </c>
       <c r="E638">
         <v>1</v>
       </c>
       <c r="F638" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="G638" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H638"/>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B639" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C639" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D639" t="s">
         <v>74</v>
       </c>
       <c r="E639">
         <v>1</v>
       </c>
       <c r="F639" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="G639" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="H639"/>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B640" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C640" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D640" t="s">
         <v>74</v>
       </c>
       <c r="E640">
         <v>1</v>
       </c>
       <c r="F640" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="G640" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="H640">
         <v>3.0</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="B641" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C641" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D641" t="s">
         <v>74</v>
       </c>
       <c r="E641">
         <v>1</v>
       </c>
       <c r="F641" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="G641" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="H641"/>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B642" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C642" t="s">
         <v>10</v>
       </c>
       <c r="D642" t="s">
         <v>11</v>
       </c>
       <c r="E642">
         <v>1</v>
       </c>
       <c r="F642" t="s">
         <v>446</v>
       </c>
       <c r="G642"/>
       <c r="H642"/>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B643" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C643" t="s">
         <v>10</v>
       </c>
       <c r="D643" t="s">
         <v>11</v>
       </c>
       <c r="E643">
         <v>1</v>
       </c>
       <c r="F643" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="G643"/>
       <c r="H643"/>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="B644" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C644" t="s">
         <v>10</v>
       </c>
       <c r="D644" t="s">
         <v>11</v>
       </c>
       <c r="E644">
         <v>6</v>
       </c>
       <c r="F644" t="s">
         <v>510</v>
       </c>
       <c r="G644" t="s">
         <v>511</v>
       </c>
       <c r="H644"/>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B645" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="C645" t="s">
         <v>144</v>
       </c>
       <c r="D645" t="s">
         <v>65</v>
       </c>
       <c r="E645">
         <v>4</v>
       </c>
       <c r="F645" t="s">
         <v>602</v>
       </c>
       <c r="G645" t="s">
         <v>303</v>
       </c>
       <c r="H645"/>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
       <c r="B646" t="s">
-        <v>1178</v>
+        <v>1179</v>
       </c>
       <c r="C646" t="s">
         <v>165</v>
       </c>
       <c r="D646" t="s">
         <v>166</v>
       </c>
       <c r="E646">
         <v>2</v>
       </c>
       <c r="F646" t="s">
         <v>167</v>
       </c>
       <c r="G646" t="s">
         <v>168</v>
       </c>
       <c r="H646"/>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B647" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C647" t="s">
         <v>144</v>
       </c>
       <c r="D647" t="s">
         <v>65</v>
       </c>
       <c r="E647">
         <v>1</v>
       </c>
       <c r="F647" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="G647" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H647"/>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B648" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C648" t="s">
         <v>144</v>
       </c>
       <c r="D648" t="s">
         <v>65</v>
       </c>
       <c r="E648">
         <v>1</v>
       </c>
       <c r="F648" t="s">
-        <v>1181</v>
+        <v>1182</v>
       </c>
       <c r="G648" t="s">
-        <v>1182</v>
+        <v>1183</v>
       </c>
       <c r="H648">
         <v>1.0</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
-        <v>1179</v>
+        <v>1180</v>
       </c>
       <c r="B649" t="s">
-        <v>1180</v>
+        <v>1181</v>
       </c>
       <c r="C649" t="s">
         <v>144</v>
       </c>
       <c r="D649" t="s">
         <v>65</v>
       </c>
       <c r="E649">
         <v>2</v>
       </c>
       <c r="F649" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="G649" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="H649"/>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B650" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C650" t="s">
         <v>10</v>
       </c>
       <c r="D650" t="s">
         <v>11</v>
       </c>
       <c r="E650">
         <v>1</v>
       </c>
       <c r="F650" t="s">
-        <v>1185</v>
+        <v>1186</v>
       </c>
       <c r="G650" t="s">
         <v>265</v>
       </c>
       <c r="H650">
         <v>1.0</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B651" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C651" t="s">
         <v>10</v>
       </c>
       <c r="D651" t="s">
         <v>11</v>
       </c>
       <c r="E651">
         <v>6</v>
       </c>
       <c r="F651" t="s">
         <v>112</v>
       </c>
       <c r="G651" t="s">
         <v>113</v>
       </c>
       <c r="H651"/>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B652" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C652" t="s">
         <v>10</v>
       </c>
       <c r="D652" t="s">
         <v>11</v>
       </c>
       <c r="E652">
         <v>1</v>
       </c>
       <c r="F652" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="G652" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H652">
         <v>4.0</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>1183</v>
+        <v>1184</v>
       </c>
       <c r="B653" t="s">
-        <v>1184</v>
+        <v>1185</v>
       </c>
       <c r="C653" t="s">
         <v>10</v>
       </c>
       <c r="D653" t="s">
         <v>11</v>
       </c>
       <c r="E653">
         <v>1</v>
       </c>
       <c r="F653" t="s">
-        <v>1186</v>
+        <v>1187</v>
       </c>
       <c r="G653" t="s">
-        <v>1187</v>
+        <v>1188</v>
       </c>
       <c r="H653">
         <v>4.0</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B654" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C654" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D654" t="s">
         <v>74</v>
       </c>
       <c r="E654">
         <v>1</v>
       </c>
       <c r="F654" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="G654" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="H654"/>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
       <c r="B655" t="s">
-        <v>1193</v>
+        <v>1194</v>
       </c>
       <c r="C655" t="s">
         <v>101</v>
       </c>
       <c r="D655" t="s">
         <v>11</v>
       </c>
       <c r="E655">
         <v>5</v>
       </c>
       <c r="F655" t="s">
         <v>443</v>
       </c>
       <c r="G655" t="s">
         <v>168</v>
       </c>
       <c r="H655"/>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B656" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C656" t="s">
         <v>310</v>
       </c>
       <c r="D656" t="s">
         <v>74</v>
       </c>
       <c r="E656">
         <v>2</v>
       </c>
       <c r="F656" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="G656" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="H656"/>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B657" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C657" t="s">
         <v>310</v>
       </c>
       <c r="D657" t="s">
         <v>74</v>
       </c>
       <c r="E657">
         <v>1</v>
       </c>
       <c r="F657" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G657" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H657">
         <v>7.0</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B658" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C658" t="s">
         <v>310</v>
       </c>
       <c r="D658" t="s">
         <v>74</v>
       </c>
       <c r="E658">
         <v>2</v>
       </c>
       <c r="F658" t="s">
         <v>331</v>
       </c>
       <c r="G658" t="s">
         <v>332</v>
       </c>
       <c r="H658">
         <v>5.0</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B659" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C659" t="s">
         <v>310</v>
       </c>
       <c r="D659" t="s">
         <v>74</v>
       </c>
       <c r="E659">
         <v>1</v>
       </c>
       <c r="F659" t="s">
         <v>335</v>
       </c>
       <c r="G659" t="s">
         <v>336</v>
       </c>
       <c r="H659">
         <v>6.0</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B660" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C660" t="s">
         <v>310</v>
       </c>
       <c r="D660" t="s">
         <v>74</v>
       </c>
       <c r="E660">
         <v>1</v>
       </c>
       <c r="F660" t="s">
-        <v>1200</v>
+        <v>1201</v>
       </c>
       <c r="G660" t="s">
-        <v>1201</v>
+        <v>1202</v>
       </c>
       <c r="H660">
         <v>1.0</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B661" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C661" t="s">
         <v>310</v>
       </c>
       <c r="D661" t="s">
         <v>74</v>
       </c>
       <c r="E661">
         <v>1</v>
       </c>
       <c r="F661" t="s">
         <v>338</v>
       </c>
       <c r="G661" t="s">
         <v>339</v>
       </c>
       <c r="H661">
         <v>4.0</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
-        <v>1194</v>
+        <v>1195</v>
       </c>
       <c r="B662" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C662" t="s">
         <v>310</v>
       </c>
       <c r="D662" t="s">
         <v>74</v>
       </c>
       <c r="E662">
         <v>1</v>
       </c>
       <c r="F662" t="s">
-        <v>1202</v>
+        <v>1203</v>
       </c>
       <c r="G662" t="s">
-        <v>1203</v>
+        <v>1204</v>
       </c>
       <c r="H662">
         <v>1.0</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B663" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C663" t="s">
         <v>287</v>
       </c>
       <c r="D663" t="s">
         <v>59</v>
       </c>
       <c r="E663">
         <v>1</v>
       </c>
       <c r="F663" t="s">
-        <v>1206</v>
+        <v>1207</v>
       </c>
       <c r="G663" t="s">
         <v>428</v>
       </c>
       <c r="H663">
         <v>1.0</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
-        <v>1204</v>
+        <v>1205</v>
       </c>
       <c r="B664" t="s">
-        <v>1205</v>
+        <v>1206</v>
       </c>
       <c r="C664" t="s">
         <v>287</v>
       </c>
       <c r="D664" t="s">
         <v>59</v>
       </c>
       <c r="E664">
         <v>1</v>
       </c>
       <c r="F664" t="s">
-        <v>1207</v>
+        <v>1208</v>
       </c>
       <c r="G664" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="H664"/>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B665" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C665" t="s">
         <v>278</v>
       </c>
       <c r="D665" t="s">
         <v>65</v>
       </c>
       <c r="E665">
         <v>1</v>
       </c>
       <c r="F665" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="G665" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="H665"/>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B666" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C666" t="s">
         <v>278</v>
       </c>
       <c r="D666" t="s">
         <v>65</v>
       </c>
       <c r="E666">
         <v>1</v>
       </c>
       <c r="F666" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="G666" t="s">
         <v>550</v>
       </c>
       <c r="H666"/>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B667" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C667" t="s">
         <v>278</v>
       </c>
       <c r="D667" t="s">
         <v>65</v>
       </c>
       <c r="E667">
         <v>1</v>
       </c>
       <c r="F667" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="G667" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="H667"/>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B668" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C668" t="s">
         <v>278</v>
       </c>
       <c r="D668" t="s">
         <v>65</v>
       </c>
       <c r="E668">
         <v>1</v>
       </c>
       <c r="F668" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="G668"/>
       <c r="H668"/>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B669" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C669" t="s">
         <v>278</v>
       </c>
       <c r="D669" t="s">
         <v>65</v>
       </c>
       <c r="E669">
         <v>1</v>
       </c>
       <c r="F669" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="G669" t="s">
-        <v>1217</v>
+        <v>1218</v>
       </c>
       <c r="H669"/>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="B670" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="C670" t="s">
         <v>278</v>
       </c>
       <c r="D670" t="s">
         <v>65</v>
       </c>
       <c r="E670">
         <v>7</v>
       </c>
       <c r="F670" t="s">
         <v>463</v>
       </c>
       <c r="G670"/>
       <c r="H670"/>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B671" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C671" t="s">
         <v>412</v>
       </c>
       <c r="D671" t="s">
         <v>74</v>
       </c>
       <c r="E671">
         <v>3</v>
       </c>
       <c r="F671" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="G671" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="H671">
         <v>3.0</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
-        <v>1218</v>
+        <v>1219</v>
       </c>
       <c r="B672" t="s">
-        <v>1219</v>
+        <v>1220</v>
       </c>
       <c r="C672" t="s">
         <v>412</v>
       </c>
       <c r="D672" t="s">
         <v>74</v>
       </c>
       <c r="E672">
         <v>4</v>
       </c>
       <c r="F672" t="s">
         <v>162</v>
       </c>
       <c r="G672" t="s">
         <v>109</v>
       </c>
       <c r="H672">
         <v>4.0</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="B673" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="C673" t="s">
         <v>43</v>
       </c>
       <c r="D673" t="s">
         <v>44</v>
       </c>
       <c r="E673">
         <v>1</v>
       </c>
       <c r="F673" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="G673" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="H673">
         <v>1.0</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B674" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C674" t="s">
         <v>43</v>
       </c>
       <c r="D674" t="s">
         <v>44</v>
       </c>
       <c r="E674">
         <v>4</v>
       </c>
       <c r="F674" t="s">
         <v>551</v>
       </c>
       <c r="G674" t="s">
         <v>552</v>
       </c>
       <c r="H674"/>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B675" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C675" t="s">
         <v>43</v>
       </c>
       <c r="D675" t="s">
         <v>44</v>
       </c>
       <c r="E675">
         <v>1</v>
       </c>
       <c r="F675" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="G675" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="H675"/>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B676" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C676" t="s">
         <v>43</v>
       </c>
       <c r="D676" t="s">
         <v>44</v>
       </c>
       <c r="E676">
         <v>3</v>
       </c>
       <c r="F676" t="s">
         <v>547</v>
       </c>
       <c r="G676" t="s">
         <v>548</v>
       </c>
       <c r="H676"/>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="B677" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="C677" t="s">
         <v>43</v>
       </c>
       <c r="D677" t="s">
         <v>44</v>
       </c>
       <c r="E677">
         <v>1</v>
       </c>
       <c r="F677" t="s">
         <v>549</v>
       </c>
       <c r="G677" t="s">
         <v>550</v>
       </c>
       <c r="H677"/>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="B678" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C678" t="s">
         <v>278</v>
       </c>
       <c r="D678" t="s">
         <v>65</v>
       </c>
       <c r="E678">
         <v>3</v>
       </c>
       <c r="F678" t="s">
         <v>463</v>
       </c>
       <c r="G678"/>
       <c r="H678"/>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B679" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C679" t="s">
         <v>278</v>
       </c>
       <c r="D679" t="s">
         <v>65</v>
       </c>
       <c r="E679">
         <v>1</v>
       </c>
       <c r="F679" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="G679" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="H679"/>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="B680" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="C680" t="s">
         <v>278</v>
       </c>
       <c r="D680" t="s">
         <v>65</v>
       </c>
       <c r="E680">
         <v>1</v>
       </c>
       <c r="F680" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
       <c r="G680" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="H680">
         <v>4.0</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B681" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C681" t="s">
         <v>91</v>
       </c>
       <c r="D681" t="s">
         <v>11</v>
       </c>
       <c r="E681">
         <v>1</v>
       </c>
       <c r="F681" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="G681" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="H681"/>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B682" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C682" t="s">
         <v>91</v>
       </c>
       <c r="D682" t="s">
         <v>11</v>
       </c>
       <c r="E682">
         <v>2</v>
       </c>
       <c r="F682" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="G682" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H682"/>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B683" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C683" t="s">
         <v>91</v>
       </c>
       <c r="D683" t="s">
         <v>11</v>
       </c>
       <c r="E683">
         <v>1</v>
       </c>
       <c r="F683" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="G683" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H683"/>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B684" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C684" t="s">
         <v>91</v>
       </c>
       <c r="D684" t="s">
         <v>11</v>
       </c>
       <c r="E684">
         <v>2</v>
       </c>
       <c r="F684" t="s">
         <v>469</v>
       </c>
       <c r="G684" t="s">
         <v>470</v>
       </c>
       <c r="H684"/>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="B685" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="C685" t="s">
         <v>91</v>
       </c>
       <c r="D685" t="s">
         <v>11</v>
       </c>
       <c r="E685">
         <v>1</v>
       </c>
       <c r="F685" t="s">
         <v>468</v>
       </c>
       <c r="G685" t="s">
         <v>327</v>
       </c>
       <c r="H685"/>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="B686" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="C686" t="s">
         <v>366</v>
       </c>
       <c r="D686" t="s">
         <v>74</v>
       </c>
       <c r="E686">
         <v>1</v>
       </c>
       <c r="F686" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="G686" t="s">
         <v>499</v>
       </c>
       <c r="H686">
         <v>1.0</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B687" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C687" t="s">
         <v>91</v>
       </c>
       <c r="D687" t="s">
         <v>11</v>
       </c>
       <c r="E687">
         <v>1</v>
       </c>
       <c r="F687" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="G687" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H687"/>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="B688" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="C688" t="s">
         <v>91</v>
       </c>
       <c r="D688" t="s">
         <v>11</v>
       </c>
       <c r="E688">
         <v>6</v>
       </c>
       <c r="F688" t="s">
         <v>468</v>
       </c>
       <c r="G688" t="s">
         <v>327</v>
       </c>
       <c r="H688"/>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B689" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C689" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D689" t="s">
         <v>74</v>
       </c>
       <c r="E689">
         <v>3</v>
       </c>
       <c r="F689" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="G689" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H689"/>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B690" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C690" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D690" t="s">
         <v>74</v>
       </c>
       <c r="E690">
         <v>1</v>
       </c>
       <c r="F690" t="s">
         <v>104</v>
       </c>
       <c r="G690" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="H690">
         <v>1.0</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B691" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C691" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D691" t="s">
         <v>74</v>
       </c>
       <c r="E691">
         <v>1</v>
       </c>
       <c r="F691" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="G691" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="H691">
         <v>1.0</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B692" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C692" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D692" t="s">
         <v>74</v>
       </c>
       <c r="E692">
         <v>1</v>
       </c>
       <c r="F692" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="G692" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="H692">
         <v>1.0</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B693" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C693" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D693" t="s">
         <v>74</v>
       </c>
       <c r="E693">
         <v>1</v>
       </c>
       <c r="F693" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="G693" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="H693">
         <v>1.0</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B694" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C694" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D694" t="s">
         <v>74</v>
       </c>
       <c r="E694">
         <v>1</v>
       </c>
       <c r="F694" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="G694" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="H694">
         <v>1.0</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B695" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C695" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D695" t="s">
         <v>74</v>
       </c>
       <c r="E695">
         <v>1</v>
       </c>
       <c r="F695" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="G695" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="H695"/>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B696" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C696" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D696" t="s">
         <v>74</v>
       </c>
       <c r="E696">
         <v>3</v>
       </c>
       <c r="F696" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="G696" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="H696"/>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="B697" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C697" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D697" t="s">
         <v>74</v>
       </c>
       <c r="E697">
         <v>3</v>
       </c>
       <c r="F697" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="G697" t="s">
         <v>25</v>
       </c>
       <c r="H697"/>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B698" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C698" t="s">
         <v>73</v>
       </c>
       <c r="D698" t="s">
         <v>74</v>
       </c>
       <c r="E698">
         <v>1</v>
       </c>
       <c r="F698" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="G698" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="H698">
         <v>1.0</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B699" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C699" t="s">
         <v>73</v>
       </c>
       <c r="D699" t="s">
         <v>74</v>
       </c>
       <c r="E699">
         <v>6</v>
       </c>
       <c r="F699" t="s">
         <v>628</v>
       </c>
       <c r="G699" t="s">
         <v>629</v>
       </c>
       <c r="H699"/>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B700" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C700" t="s">
         <v>73</v>
       </c>
       <c r="D700" t="s">
         <v>74</v>
       </c>
       <c r="E700">
         <v>9</v>
       </c>
       <c r="F700" t="s">
         <v>117</v>
       </c>
       <c r="G700" t="s">
         <v>118</v>
       </c>
       <c r="H700"/>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B701" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C701" t="s">
         <v>73</v>
       </c>
       <c r="D701" t="s">
         <v>74</v>
       </c>
       <c r="E701">
         <v>6</v>
       </c>
       <c r="F701" t="s">
         <v>521</v>
       </c>
       <c r="G701" t="s">
         <v>522</v>
       </c>
       <c r="H701"/>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B702" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="C702" t="s">
         <v>43</v>
       </c>
       <c r="D702" t="s">
         <v>44</v>
       </c>
       <c r="E702">
         <v>5</v>
       </c>
       <c r="F702" t="s">
         <v>283</v>
       </c>
       <c r="G702" t="s">
         <v>284</v>
       </c>
       <c r="H702"/>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B703" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C703" t="s">
         <v>43</v>
       </c>
       <c r="D703" t="s">
         <v>44</v>
       </c>
       <c r="E703">
         <v>6</v>
       </c>
       <c r="F703" t="s">
         <v>47</v>
       </c>
       <c r="G703" t="s">
         <v>48</v>
       </c>
       <c r="H703"/>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B704" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C704" t="s">
         <v>91</v>
       </c>
       <c r="D704" t="s">
         <v>11</v>
       </c>
       <c r="E704">
         <v>1</v>
       </c>
       <c r="F704" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="G704" t="s">
         <v>299</v>
       </c>
       <c r="H704"/>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B705" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C705" t="s">
         <v>91</v>
       </c>
       <c r="D705" t="s">
         <v>11</v>
       </c>
       <c r="E705">
         <v>2</v>
       </c>
       <c r="F705" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="G705" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="H705"/>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B706" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C706" t="s">
         <v>91</v>
       </c>
       <c r="D706" t="s">
         <v>11</v>
       </c>
       <c r="E706">
         <v>1</v>
       </c>
       <c r="F706" t="s">
         <v>469</v>
       </c>
       <c r="G706" t="s">
         <v>470</v>
       </c>
       <c r="H706"/>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B707" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C707" t="s">
         <v>91</v>
       </c>
       <c r="D707" t="s">
         <v>11</v>
       </c>
       <c r="E707">
         <v>1</v>
       </c>
       <c r="F707" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="G707" t="s">
         <v>78</v>
       </c>
       <c r="H707"/>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B708" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C708" t="s">
         <v>91</v>
       </c>
       <c r="D708" t="s">
         <v>11</v>
       </c>
       <c r="E708">
         <v>2</v>
       </c>
       <c r="F708" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="G708" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="H708">
         <v>1.0</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B709" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C709" t="s">
         <v>91</v>
       </c>
       <c r="D709" t="s">
         <v>11</v>
       </c>
       <c r="E709">
         <v>1</v>
       </c>
       <c r="F709" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="G709" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="H709">
         <v>1.0</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B710" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C710" t="s">
         <v>91</v>
       </c>
       <c r="D710" t="s">
         <v>11</v>
       </c>
       <c r="E710">
         <v>2</v>
       </c>
       <c r="F710" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="G710" t="s">
         <v>25</v>
       </c>
       <c r="H710"/>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B711" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C711" t="s">
         <v>91</v>
       </c>
       <c r="D711" t="s">
         <v>11</v>
       </c>
       <c r="E711">
         <v>1</v>
       </c>
       <c r="F711" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="G711" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="H711">
         <v>7.0</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B712" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C712" t="s">
         <v>91</v>
       </c>
       <c r="D712" t="s">
         <v>11</v>
       </c>
       <c r="E712">
         <v>1</v>
       </c>
       <c r="F712" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G712" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H712">
         <v>1.0</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B713" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C713" t="s">
         <v>91</v>
       </c>
       <c r="D713" t="s">
         <v>11</v>
       </c>
       <c r="E713">
         <v>4</v>
       </c>
       <c r="F713" t="s">
         <v>468</v>
       </c>
       <c r="G713" t="s">
         <v>327</v>
       </c>
       <c r="H713"/>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B714" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C714" t="s">
         <v>91</v>
       </c>
       <c r="D714" t="s">
         <v>11</v>
       </c>
       <c r="E714">
         <v>1</v>
       </c>
       <c r="F714" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="G714" t="s">
         <v>156</v>
       </c>
       <c r="H714"/>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="B715" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C715" t="s">
         <v>91</v>
       </c>
       <c r="D715" t="s">
         <v>11</v>
       </c>
       <c r="E715">
         <v>1</v>
       </c>
       <c r="F715" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="G715" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="H715"/>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B716" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C716" t="s">
         <v>91</v>
       </c>
       <c r="D716" t="s">
         <v>11</v>
       </c>
       <c r="E716">
         <v>1</v>
       </c>
       <c r="F716" t="s">
         <v>149</v>
       </c>
       <c r="G716" t="s">
         <v>150</v>
       </c>
       <c r="H716"/>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="B717" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="C717" t="s">
         <v>91</v>
       </c>
       <c r="D717" t="s">
         <v>11</v>
       </c>
       <c r="E717">
         <v>6</v>
       </c>
       <c r="F717" t="s">
         <v>151</v>
       </c>
       <c r="G717" t="s">
         <v>150</v>
       </c>
       <c r="H717"/>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B718" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C718" t="s">
         <v>30</v>
       </c>
       <c r="D718" t="s">
         <v>11</v>
       </c>
       <c r="E718">
         <v>3</v>
       </c>
       <c r="F718" t="s">
         <v>31</v>
       </c>
       <c r="G718"/>
       <c r="H718"/>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B719" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C719" t="s">
         <v>30</v>
       </c>
       <c r="D719" t="s">
         <v>11</v>
       </c>
       <c r="E719">
         <v>1</v>
       </c>
       <c r="F719" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="G719"/>
       <c r="H719"/>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B720" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C720" t="s">
         <v>30</v>
       </c>
       <c r="D720" t="s">
         <v>11</v>
       </c>
       <c r="E720">
         <v>3</v>
       </c>
       <c r="F720" t="s">
         <v>31</v>
       </c>
       <c r="G720"/>
       <c r="H720"/>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B721" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C721" t="s">
         <v>30</v>
       </c>
       <c r="D721" t="s">
         <v>11</v>
       </c>
       <c r="E721">
         <v>3</v>
       </c>
       <c r="F721" t="s">
         <v>31</v>
       </c>
       <c r="G721"/>
       <c r="H721"/>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B722" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C722" t="s">
         <v>30</v>
       </c>
       <c r="D722" t="s">
         <v>11</v>
       </c>
       <c r="E722">
         <v>1</v>
       </c>
       <c r="F722" t="s">
         <v>32</v>
       </c>
       <c r="G722"/>
       <c r="H722"/>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
       <c r="B723" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="C723" t="s">
         <v>30</v>
       </c>
       <c r="D723" t="s">
         <v>11</v>
       </c>
       <c r="E723">
         <v>1</v>
       </c>
       <c r="F723" t="s">
-        <v>1284</v>
+        <v>1285</v>
       </c>
       <c r="G723" t="s">
         <v>345</v>
       </c>
       <c r="H723"/>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B724" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C724" t="s">
         <v>43</v>
       </c>
       <c r="D724" t="s">
         <v>44</v>
       </c>
       <c r="E724">
         <v>5</v>
       </c>
       <c r="F724" t="s">
         <v>453</v>
       </c>
       <c r="G724" t="s">
         <v>191</v>
       </c>
       <c r="H724"/>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
-        <v>1285</v>
+        <v>1286</v>
       </c>
       <c r="B725" t="s">
-        <v>1286</v>
+        <v>1287</v>
       </c>
       <c r="C725" t="s">
         <v>43</v>
       </c>
       <c r="D725" t="s">
         <v>44</v>
       </c>
       <c r="E725">
         <v>5</v>
       </c>
       <c r="F725" t="s">
         <v>454</v>
       </c>
       <c r="G725" t="s">
         <v>455</v>
       </c>
       <c r="H725"/>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B726" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C726" t="s">
         <v>412</v>
       </c>
       <c r="D726" t="s">
         <v>74</v>
       </c>
       <c r="E726">
         <v>1</v>
       </c>
       <c r="F726" t="s">
-        <v>1289</v>
+        <v>1290</v>
       </c>
       <c r="G726" t="s">
-        <v>1290</v>
+        <v>1291</v>
       </c>
       <c r="H726"/>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B727" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C727" t="s">
         <v>412</v>
       </c>
       <c r="D727" t="s">
         <v>74</v>
       </c>
       <c r="E727">
         <v>1</v>
       </c>
       <c r="F727" t="s">
-        <v>1291</v>
+        <v>1292</v>
       </c>
       <c r="G727" t="s">
         <v>327</v>
       </c>
       <c r="H727"/>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B728" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C728" t="s">
         <v>412</v>
       </c>
       <c r="D728" t="s">
         <v>74</v>
       </c>
       <c r="E728">
         <v>3</v>
       </c>
       <c r="F728" t="s">
-        <v>1292</v>
+        <v>1293</v>
       </c>
       <c r="G728" t="s">
         <v>293</v>
       </c>
       <c r="H728"/>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B729" t="s">
-        <v>1288</v>
+        <v>1289</v>
       </c>
       <c r="C729" t="s">
         <v>412</v>
       </c>
       <c r="D729" t="s">
         <v>74</v>
       </c>
       <c r="E729">
         <v>4</v>
       </c>
       <c r="F729" t="s">
         <v>314</v>
       </c>
       <c r="G729" t="s">
         <v>315</v>
       </c>
       <c r="H729"/>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
-        <v>1293</v>
+        <v>1294</v>
       </c>
       <c r="B730" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="C730" t="s">
         <v>605</v>
       </c>
       <c r="D730" t="s">
         <v>44</v>
       </c>
       <c r="E730">
         <v>5</v>
       </c>
       <c r="F730" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G730" t="s">
         <v>597</v>
       </c>
       <c r="H730"/>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B731" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C731" t="s">
         <v>53</v>
       </c>
       <c r="D731" t="s">
         <v>44</v>
       </c>
       <c r="E731">
         <v>5</v>
       </c>
       <c r="F731" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="G731" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="H731">
         <v>1.0</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B732" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C732" t="s">
         <v>53</v>
       </c>
       <c r="D732" t="s">
         <v>44</v>
       </c>
       <c r="E732">
         <v>6</v>
       </c>
       <c r="F732" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="G732" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="H732">
         <v>5.0</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="B733" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="C733" t="s">
         <v>53</v>
       </c>
       <c r="D733" t="s">
         <v>44</v>
       </c>
       <c r="E733">
         <v>2</v>
       </c>
       <c r="F733" t="s">
         <v>628</v>
       </c>
       <c r="G733" t="s">
         <v>629</v>
       </c>
       <c r="H733"/>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B734" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C734" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D734" t="s">
         <v>166</v>
       </c>
       <c r="E734">
         <v>4</v>
       </c>
       <c r="F734" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G734" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H734"/>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B735" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C735" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D735" t="s">
         <v>166</v>
       </c>
       <c r="E735">
         <v>3</v>
       </c>
       <c r="F735" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="G735" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="H735">
         <v>5.0</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B736" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C736" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D736" t="s">
         <v>166</v>
       </c>
       <c r="E736">
         <v>1</v>
       </c>
       <c r="F736" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="G736" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="H736">
         <v>2.0</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B737" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C737" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D737" t="s">
         <v>166</v>
       </c>
       <c r="E737">
         <v>1</v>
       </c>
       <c r="F737" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="G737" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H737"/>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="B738" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C738" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D738" t="s">
         <v>166</v>
       </c>
       <c r="E738">
         <v>9</v>
       </c>
       <c r="F738" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="G738" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H738">
         <v>1.0</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B739" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C739" t="s">
         <v>64</v>
       </c>
       <c r="D739" t="s">
         <v>65</v>
       </c>
       <c r="E739">
         <v>5</v>
       </c>
       <c r="F739" t="s">
         <v>69</v>
       </c>
       <c r="G739" t="s">
         <v>70</v>
       </c>
       <c r="H739">
         <v>4.0</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="B740" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C740" t="s">
         <v>64</v>
       </c>
       <c r="D740" t="s">
         <v>65</v>
       </c>
       <c r="E740">
         <v>6</v>
       </c>
       <c r="F740" t="s">
         <v>176</v>
       </c>
       <c r="G740" t="s">
         <v>177</v>
       </c>
       <c r="H740"/>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B741" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C741" t="s">
         <v>137</v>
       </c>
       <c r="D741" t="s">
         <v>44</v>
       </c>
       <c r="E741">
         <v>4</v>
       </c>
       <c r="F741" t="s">
         <v>138</v>
       </c>
       <c r="G741" t="s">
         <v>139</v>
       </c>
       <c r="H741"/>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="B742" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C742" t="s">
         <v>137</v>
       </c>
       <c r="D742" t="s">
         <v>44</v>
       </c>
       <c r="E742">
         <v>6</v>
       </c>
       <c r="F742" t="s">
         <v>140</v>
       </c>
       <c r="G742" t="s">
         <v>141</v>
       </c>
       <c r="H742"/>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B743" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C743" t="s">
         <v>91</v>
       </c>
       <c r="D743" t="s">
         <v>11</v>
       </c>
       <c r="E743">
         <v>1</v>
       </c>
       <c r="F743" t="s">
         <v>151</v>
       </c>
       <c r="G743" t="s">
         <v>150</v>
       </c>
       <c r="H743"/>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B744" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C744" t="s">
         <v>91</v>
       </c>
       <c r="D744" t="s">
         <v>11</v>
       </c>
       <c r="E744">
         <v>3</v>
       </c>
       <c r="F744" t="s">
         <v>149</v>
       </c>
       <c r="G744" t="s">
         <v>150</v>
       </c>
       <c r="H744"/>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="B745" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C745" t="s">
         <v>91</v>
       </c>
       <c r="D745" t="s">
         <v>11</v>
       </c>
       <c r="E745">
         <v>1</v>
       </c>
       <c r="F745" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="G745" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="H745"/>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B746" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C746" t="s">
         <v>43</v>
       </c>
       <c r="D746" t="s">
         <v>44</v>
       </c>
       <c r="E746">
         <v>1</v>
       </c>
       <c r="F746" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="G746" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="H746"/>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B747" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C747" t="s">
         <v>43</v>
       </c>
       <c r="D747" t="s">
         <v>44</v>
       </c>
       <c r="E747">
         <v>1</v>
       </c>
       <c r="F747" t="s">
         <v>491</v>
       </c>
       <c r="G747" t="s">
         <v>492</v>
       </c>
       <c r="H747"/>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="B748" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C748" t="s">
         <v>43</v>
       </c>
       <c r="D748" t="s">
         <v>44</v>
       </c>
       <c r="E748">
         <v>2</v>
       </c>
       <c r="F748" t="s">
         <v>489</v>
       </c>
       <c r="G748" t="s">
         <v>490</v>
       </c>
       <c r="H748"/>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="B749" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="C749" t="s">
         <v>412</v>
       </c>
       <c r="D749" t="s">
         <v>74</v>
       </c>
       <c r="E749">
         <v>4</v>
       </c>
       <c r="F749" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="G749" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="H749">
         <v>3.0</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B750" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C750" t="s">
         <v>488</v>
       </c>
       <c r="D750" t="s">
         <v>44</v>
       </c>
       <c r="E750">
         <v>5</v>
       </c>
       <c r="F750" t="s">
         <v>491</v>
       </c>
       <c r="G750" t="s">
         <v>492</v>
       </c>
       <c r="H750"/>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="B751" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="C751" t="s">
         <v>488</v>
       </c>
       <c r="D751" t="s">
         <v>44</v>
       </c>
       <c r="E751">
         <v>6</v>
       </c>
       <c r="F751" t="s">
         <v>489</v>
       </c>
       <c r="G751" t="s">
         <v>490</v>
       </c>
       <c r="H751"/>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B752" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C752" t="s">
         <v>144</v>
       </c>
       <c r="D752" t="s">
         <v>65</v>
       </c>
       <c r="E752">
         <v>7</v>
       </c>
       <c r="F752" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="G752" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="H752"/>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B753" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C753" t="s">
         <v>144</v>
       </c>
       <c r="D753" t="s">
         <v>65</v>
       </c>
       <c r="E753">
         <v>3</v>
       </c>
       <c r="F753" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="G753" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H753"/>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B754" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C754" t="s">
         <v>144</v>
       </c>
       <c r="D754" t="s">
         <v>65</v>
       </c>
       <c r="E754">
         <v>1</v>
       </c>
       <c r="F754" t="s">
-        <v>1321</v>
+        <v>1322</v>
       </c>
       <c r="G754" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="H754">
         <v>3.0</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="B755" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="C755" t="s">
         <v>144</v>
       </c>
       <c r="D755" t="s">
         <v>65</v>
       </c>
       <c r="E755">
         <v>1</v>
       </c>
       <c r="F755" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="G755" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="H755">
         <v>1.0</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B756" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C756" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D756" t="s">
         <v>74</v>
       </c>
       <c r="E756">
         <v>4</v>
       </c>
       <c r="F756" t="s">
         <v>628</v>
       </c>
       <c r="G756" t="s">
         <v>629</v>
       </c>
       <c r="H756"/>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B757" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C757" t="s">
         <v>73</v>
       </c>
       <c r="D757" t="s">
         <v>74</v>
       </c>
       <c r="E757">
         <v>5</v>
       </c>
       <c r="F757" t="s">
         <v>39</v>
       </c>
       <c r="G757" t="s">
         <v>40</v>
       </c>
       <c r="H757">
         <v>1.0</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B758" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C758" t="s">
         <v>137</v>
       </c>
       <c r="D758" t="s">
         <v>44</v>
       </c>
       <c r="E758">
         <v>1</v>
       </c>
       <c r="F758" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="G758" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="H758">
         <v>1.0</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
       <c r="B759" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C759" t="s">
         <v>137</v>
       </c>
       <c r="D759" t="s">
         <v>44</v>
       </c>
       <c r="E759">
         <v>1</v>
       </c>
       <c r="F759" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="G759" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="H759"/>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B760" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C760" t="s">
         <v>10</v>
       </c>
       <c r="D760" t="s">
         <v>11</v>
       </c>
       <c r="E760">
         <v>1</v>
       </c>
       <c r="F760" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="G760" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="H760"/>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B761" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C761" t="s">
         <v>10</v>
       </c>
       <c r="D761" t="s">
         <v>11</v>
       </c>
       <c r="E761">
         <v>1</v>
       </c>
       <c r="F761" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="G761" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="H761">
         <v>4.0</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="B762" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="C762" t="s">
         <v>10</v>
       </c>
       <c r="D762" t="s">
         <v>11</v>
       </c>
       <c r="E762">
         <v>1</v>
       </c>
       <c r="F762" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="G762" t="s">
         <v>38</v>
       </c>
       <c r="H762"/>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B763" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C763" t="s">
         <v>137</v>
       </c>
       <c r="D763" t="s">
         <v>44</v>
       </c>
       <c r="E763">
         <v>1</v>
       </c>
       <c r="F763" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="G763" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="H763">
         <v>4.0</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B764" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C764" t="s">
         <v>137</v>
       </c>
       <c r="D764" t="s">
         <v>44</v>
       </c>
       <c r="E764">
         <v>3</v>
       </c>
       <c r="F764" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="G764" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="H764">
         <v>4.0</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B765" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C765" t="s">
         <v>137</v>
       </c>
       <c r="D765" t="s">
         <v>44</v>
       </c>
       <c r="E765">
         <v>1</v>
       </c>
       <c r="F765" t="s">
         <v>379</v>
       </c>
       <c r="G765" t="s">
         <v>380</v>
       </c>
       <c r="H765"/>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B766" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C766" t="s">
         <v>137</v>
       </c>
       <c r="D766" t="s">
         <v>44</v>
       </c>
       <c r="E766">
         <v>1</v>
       </c>
       <c r="F766" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="G766" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="H766">
         <v>1.0</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B767" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C767" t="s">
         <v>137</v>
       </c>
       <c r="D767" t="s">
         <v>44</v>
       </c>
       <c r="E767">
         <v>1</v>
       </c>
       <c r="F767" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="G767" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="H767">
         <v>1.0</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B768" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C768" t="s">
         <v>137</v>
       </c>
       <c r="D768" t="s">
         <v>44</v>
       </c>
       <c r="E768">
         <v>1</v>
       </c>
       <c r="F768" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="G768" t="s">
         <v>107</v>
       </c>
       <c r="H768">
         <v>1.0</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="B769" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C769" t="s">
         <v>137</v>
       </c>
       <c r="D769" t="s">
         <v>44</v>
       </c>
       <c r="E769">
         <v>1</v>
       </c>
       <c r="F769" t="s">
-        <v>1348</v>
+        <v>1349</v>
       </c>
       <c r="G769" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="H769"/>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="B770" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="C770" t="s">
         <v>278</v>
       </c>
       <c r="D770" t="s">
         <v>65</v>
       </c>
       <c r="E770">
         <v>8</v>
       </c>
       <c r="F770" t="s">
         <v>463</v>
       </c>
       <c r="G770"/>
       <c r="H770"/>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="B771" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C771" t="s">
         <v>278</v>
       </c>
       <c r="D771" t="s">
         <v>65</v>
       </c>
       <c r="E771">
         <v>1</v>
       </c>
       <c r="F771" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="G771" t="s">
         <v>586</v>
       </c>
       <c r="H771">
         <v>3.0</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B772" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C772" t="s">
         <v>412</v>
       </c>
       <c r="D772" t="s">
         <v>74</v>
       </c>
       <c r="E772">
         <v>1</v>
       </c>
       <c r="F772" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="G772" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="H772"/>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B773" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C773" t="s">
         <v>137</v>
       </c>
       <c r="D773" t="s">
         <v>44</v>
       </c>
       <c r="E773">
         <v>2</v>
       </c>
       <c r="F773" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="G773" t="s">
         <v>139</v>
       </c>
       <c r="H773"/>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B774" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C774" t="s">
         <v>137</v>
       </c>
       <c r="D774" t="s">
         <v>44</v>
       </c>
       <c r="E774">
         <v>1</v>
       </c>
       <c r="F774" t="s">
         <v>138</v>
       </c>
       <c r="G774" t="s">
         <v>139</v>
       </c>
       <c r="H774"/>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B775" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C775" t="s">
         <v>137</v>
       </c>
       <c r="D775" t="s">
         <v>44</v>
       </c>
       <c r="E775">
         <v>2</v>
       </c>
       <c r="F775" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="G775" t="s">
         <v>351</v>
       </c>
       <c r="H775"/>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B776" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C776" t="s">
         <v>137</v>
       </c>
       <c r="D776" t="s">
         <v>44</v>
       </c>
       <c r="E776">
         <v>3</v>
       </c>
       <c r="F776" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G776" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="H776">
         <v>3.0</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B777" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C777" t="s">
         <v>137</v>
       </c>
       <c r="D777" t="s">
         <v>44</v>
       </c>
       <c r="E777">
         <v>1</v>
       </c>
       <c r="F777" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="G777" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="H777">
         <v>3.0</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B778" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C778" t="s">
         <v>137</v>
       </c>
       <c r="D778" t="s">
         <v>44</v>
       </c>
       <c r="E778">
         <v>2</v>
       </c>
       <c r="F778" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G778" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H778"/>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B779" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C779" t="s">
         <v>137</v>
       </c>
       <c r="D779" t="s">
         <v>44</v>
       </c>
       <c r="E779">
         <v>1</v>
       </c>
       <c r="F779" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="G779" t="s">
         <v>269</v>
       </c>
       <c r="H779"/>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B780" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C780" t="s">
         <v>137</v>
       </c>
       <c r="D780" t="s">
         <v>44</v>
       </c>
       <c r="E780">
         <v>1</v>
       </c>
       <c r="F780" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="G780" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="H780">
         <v>1.0</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B781" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C781" t="s">
         <v>137</v>
       </c>
       <c r="D781" t="s">
         <v>44</v>
       </c>
       <c r="E781">
         <v>2</v>
       </c>
       <c r="F781" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="G781" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="H781"/>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="B782" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C782" t="s">
         <v>137</v>
       </c>
       <c r="D782" t="s">
         <v>44</v>
       </c>
       <c r="E782">
         <v>1</v>
       </c>
       <c r="F782" t="s">
         <v>140</v>
       </c>
       <c r="G782" t="s">
         <v>141</v>
       </c>
       <c r="H782"/>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B783" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C783" t="s">
         <v>278</v>
       </c>
       <c r="D783" t="s">
         <v>65</v>
       </c>
       <c r="E783">
         <v>6</v>
       </c>
       <c r="F783" t="s">
         <v>463</v>
       </c>
       <c r="G783"/>
       <c r="H783"/>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="B784" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C784" t="s">
         <v>278</v>
       </c>
       <c r="D784" t="s">
         <v>65</v>
       </c>
       <c r="E784">
         <v>1</v>
       </c>
       <c r="F784" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="G784" t="s">
         <v>351</v>
       </c>
       <c r="H784"/>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="B785" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="C785" t="s">
         <v>627</v>
       </c>
       <c r="D785" t="s">
         <v>319</v>
       </c>
       <c r="E785">
         <v>1</v>
       </c>
       <c r="F785" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="G785" t="s">
         <v>299</v>
       </c>
       <c r="H785"/>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="B786" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C786" t="s">
         <v>101</v>
       </c>
       <c r="D786" t="s">
         <v>11</v>
       </c>
       <c r="E786">
         <v>1</v>
       </c>
       <c r="F786" t="s">
         <v>443</v>
       </c>
       <c r="G786" t="s">
         <v>168</v>
       </c>
       <c r="H786"/>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B787" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C787" t="s">
         <v>36</v>
       </c>
       <c r="D787" t="s">
         <v>11</v>
       </c>
       <c r="E787">
         <v>3</v>
       </c>
       <c r="F787" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="G787" t="s">
         <v>378</v>
       </c>
       <c r="H787">
         <v>1.0</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B788" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C788" t="s">
         <v>36</v>
       </c>
       <c r="D788" t="s">
         <v>11</v>
       </c>
       <c r="E788">
         <v>1</v>
       </c>
       <c r="F788" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="G788" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="H788">
         <v>1.0</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B789" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C789" t="s">
         <v>36</v>
       </c>
       <c r="D789" t="s">
         <v>11</v>
       </c>
       <c r="E789">
         <v>2</v>
       </c>
       <c r="F789" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="G789" t="s">
         <v>586</v>
       </c>
       <c r="H789">
         <v>4.0</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="B790" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C790" t="s">
         <v>36</v>
       </c>
       <c r="D790" t="s">
         <v>11</v>
       </c>
       <c r="E790">
         <v>1</v>
       </c>
       <c r="F790" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="G790" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="H790">
         <v>6.0</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B791" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C791" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D791" t="s">
         <v>65</v>
       </c>
       <c r="E791">
         <v>1</v>
       </c>
       <c r="F791" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="G791" t="s">
         <v>336</v>
       </c>
       <c r="H791">
         <v>6.0</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="B792" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C792" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D792" t="s">
         <v>65</v>
       </c>
       <c r="E792">
         <v>1</v>
       </c>
       <c r="F792" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="G792" t="s">
         <v>198</v>
       </c>
       <c r="H792"/>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="B793" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C793" t="s">
         <v>310</v>
       </c>
       <c r="D793" t="s">
         <v>74</v>
       </c>
       <c r="E793">
         <v>2</v>
       </c>
       <c r="F793" t="s">
         <v>311</v>
       </c>
       <c r="G793" t="s">
         <v>191</v>
       </c>
       <c r="H793"/>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B794" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C794" t="s">
         <v>610</v>
       </c>
       <c r="D794" t="s">
         <v>74</v>
       </c>
       <c r="E794">
         <v>1</v>
       </c>
       <c r="F794" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="G794" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="H794"/>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B795" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="C795" t="s">
         <v>171</v>
       </c>
       <c r="D795" t="s">
         <v>166</v>
       </c>
       <c r="E795">
         <v>6</v>
       </c>
       <c r="F795" t="s">
         <v>172</v>
       </c>
       <c r="G795" t="s">
         <v>173</v>
       </c>
       <c r="H795"/>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B796" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C796" t="s">
         <v>73</v>
       </c>
       <c r="D796" t="s">
         <v>74</v>
       </c>
       <c r="E796">
         <v>7</v>
       </c>
       <c r="F796" t="s">
         <v>628</v>
       </c>
       <c r="G796" t="s">
         <v>629</v>
       </c>
       <c r="H796"/>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B797" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C797" t="s">
         <v>73</v>
       </c>
       <c r="D797" t="s">
         <v>74</v>
       </c>
       <c r="E797">
         <v>1</v>
       </c>
       <c r="F797" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="G797" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="H797"/>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B798" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C798" t="s">
         <v>73</v>
       </c>
       <c r="D798" t="s">
         <v>74</v>
       </c>
       <c r="E798">
         <v>10</v>
       </c>
       <c r="F798" t="s">
         <v>521</v>
       </c>
       <c r="G798" t="s">
         <v>522</v>
       </c>
       <c r="H798"/>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B799" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C799" t="s">
         <v>73</v>
       </c>
       <c r="D799" t="s">
         <v>74</v>
       </c>
       <c r="E799">
         <v>2</v>
       </c>
       <c r="F799" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="G799" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="H799"/>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B800" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C800" t="s">
         <v>73</v>
       </c>
       <c r="D800" t="s">
         <v>74</v>
       </c>
       <c r="E800">
         <v>1</v>
       </c>
       <c r="F800" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="G800" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
       <c r="H800"/>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B801" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C801" t="s">
         <v>73</v>
       </c>
       <c r="D801" t="s">
         <v>74</v>
       </c>
       <c r="E801">
         <v>4</v>
       </c>
       <c r="F801" t="s">
         <v>39</v>
       </c>
       <c r="G801" t="s">
         <v>40</v>
       </c>
       <c r="H801">
         <v>1.0</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B802" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C802" t="s">
         <v>278</v>
       </c>
       <c r="D802" t="s">
         <v>65</v>
       </c>
       <c r="E802">
         <v>1</v>
       </c>
       <c r="F802" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="G802" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="H802"/>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="B803" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C803" t="s">
         <v>278</v>
       </c>
       <c r="D803" t="s">
         <v>65</v>
       </c>
       <c r="E803">
         <v>1</v>
       </c>
       <c r="F803" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="G803" t="s">
         <v>327</v>
       </c>
       <c r="H803"/>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B804" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C804" t="s">
         <v>43</v>
       </c>
       <c r="D804" t="s">
         <v>44</v>
       </c>
       <c r="E804">
         <v>4</v>
       </c>
       <c r="F804" t="s">
         <v>453</v>
       </c>
       <c r="G804" t="s">
         <v>191</v>
       </c>
       <c r="H804"/>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="B805" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C805" t="s">
         <v>43</v>
       </c>
       <c r="D805" t="s">
         <v>44</v>
       </c>
       <c r="E805">
         <v>4</v>
       </c>
       <c r="F805" t="s">
         <v>454</v>
       </c>
       <c r="G805" t="s">
         <v>455</v>
       </c>
       <c r="H805"/>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B806" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C806" t="s">
         <v>10</v>
       </c>
       <c r="D806" t="s">
         <v>11</v>
       </c>
       <c r="E806">
         <v>1</v>
       </c>
       <c r="F806" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="G806"/>
       <c r="H806"/>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="B807" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C807" t="s">
         <v>10</v>
       </c>
       <c r="D807" t="s">
         <v>11</v>
       </c>
       <c r="E807">
         <v>1</v>
       </c>
       <c r="F807" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="G807"/>
       <c r="H807"/>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B808" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C808" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D808" t="s">
         <v>65</v>
       </c>
       <c r="E808">
         <v>1</v>
       </c>
       <c r="F808" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="G808" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="H808"/>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="B809" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="C809" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D809" t="s">
         <v>65</v>
       </c>
       <c r="E809">
         <v>1</v>
       </c>
       <c r="F809" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="G809" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="H809"/>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="B810" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C810" t="s">
         <v>137</v>
       </c>
       <c r="D810" t="s">
         <v>44</v>
       </c>
       <c r="E810">
         <v>1</v>
       </c>
       <c r="F810" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="G810" t="s">
         <v>248</v>
       </c>
       <c r="H810">
         <v>1.0</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="B811" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C811" t="s">
         <v>73</v>
       </c>
       <c r="D811" t="s">
         <v>74</v>
       </c>
       <c r="E811">
         <v>1</v>
       </c>
       <c r="F811" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="G811" t="s">
         <v>499</v>
       </c>
       <c r="H811">
         <v>1.0</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B812" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C812" t="s">
         <v>137</v>
       </c>
       <c r="D812" t="s">
         <v>44</v>
       </c>
       <c r="E812">
         <v>4</v>
       </c>
       <c r="F812" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="G812" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H812"/>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B813" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C813" t="s">
         <v>137</v>
       </c>
       <c r="D813" t="s">
         <v>44</v>
       </c>
       <c r="E813">
         <v>4</v>
       </c>
       <c r="F813" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="G813" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H813"/>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B814" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C814" t="s">
         <v>137</v>
       </c>
       <c r="D814" t="s">
         <v>44</v>
       </c>
       <c r="E814">
         <v>3</v>
       </c>
       <c r="F814" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="G814" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="H814"/>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="B815" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C815" t="s">
         <v>137</v>
       </c>
       <c r="D815" t="s">
         <v>44</v>
       </c>
       <c r="E815">
         <v>1</v>
       </c>
       <c r="F815" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="G815" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="H815"/>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B816" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C816" t="s">
         <v>58</v>
       </c>
       <c r="D816" t="s">
         <v>59</v>
       </c>
       <c r="E816">
         <v>1</v>
       </c>
       <c r="F816" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="G816" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="H816"/>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B817" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C817" t="s">
         <v>58</v>
       </c>
       <c r="D817" t="s">
         <v>59</v>
       </c>
       <c r="E817">
         <v>1</v>
       </c>
       <c r="F817" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="G817" t="s">
         <v>78</v>
       </c>
       <c r="H817"/>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B818" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C818" t="s">
         <v>58</v>
       </c>
       <c r="D818" t="s">
         <v>59</v>
       </c>
       <c r="E818">
         <v>1</v>
       </c>
       <c r="F818" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="G818" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="H818">
         <v>5.0</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="B819" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C819" t="s">
         <v>58</v>
       </c>
       <c r="D819" t="s">
         <v>59</v>
       </c>
       <c r="E819">
         <v>1</v>
       </c>
       <c r="F819" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="G819" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="H819">
         <v>4.0</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="B820" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C820" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D820" t="s">
         <v>166</v>
       </c>
       <c r="E820">
         <v>1</v>
       </c>
       <c r="F820" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G820" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H820"/>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="B821" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C821" t="s">
         <v>144</v>
       </c>
       <c r="D821" t="s">
         <v>65</v>
       </c>
       <c r="E821">
         <v>7</v>
       </c>
       <c r="F821" t="s">
         <v>155</v>
       </c>
       <c r="G821" t="s">
         <v>156</v>
       </c>
       <c r="H821"/>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="B822" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C822" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D822" t="s">
         <v>166</v>
       </c>
       <c r="E822">
         <v>1</v>
       </c>
       <c r="F822" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="G822" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="H822">
         <v>6.0</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="B823" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C823" t="s">
         <v>165</v>
       </c>
       <c r="D823" t="s">
         <v>166</v>
       </c>
       <c r="E823">
         <v>1</v>
       </c>
       <c r="F823" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
       <c r="G823" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="H823"/>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B824" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C824" t="s">
         <v>171</v>
       </c>
       <c r="D824" t="s">
         <v>166</v>
       </c>
       <c r="E824">
         <v>1</v>
       </c>
       <c r="F824" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="G824" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="H824"/>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B825" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C825" t="s">
         <v>144</v>
       </c>
       <c r="D825" t="s">
         <v>65</v>
       </c>
       <c r="E825">
         <v>5</v>
       </c>
       <c r="F825" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="G825" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="H825"/>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="B826" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C826" t="s">
         <v>144</v>
       </c>
       <c r="D826" t="s">
         <v>65</v>
       </c>
       <c r="E826">
         <v>3</v>
       </c>
       <c r="F826" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="G826" t="s">
-        <v>853</v>
+        <v>849</v>
       </c>
       <c r="H826"/>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B827" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C827" t="s">
         <v>310</v>
       </c>
       <c r="D827" t="s">
         <v>74</v>
       </c>
       <c r="E827">
         <v>9</v>
       </c>
       <c r="F827" t="s">
         <v>314</v>
       </c>
       <c r="G827" t="s">
         <v>315</v>
       </c>
       <c r="H827"/>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B828" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C828" t="s">
         <v>310</v>
       </c>
       <c r="D828" t="s">
         <v>74</v>
       </c>
       <c r="E828">
         <v>1</v>
       </c>
       <c r="F828" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="G828" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H828"/>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B829" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C829" t="s">
         <v>310</v>
       </c>
       <c r="D829" t="s">
         <v>74</v>
       </c>
       <c r="E829">
         <v>1</v>
       </c>
       <c r="F829" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="G829" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="H829"/>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="B830" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C830" t="s">
         <v>310</v>
       </c>
       <c r="D830" t="s">
         <v>74</v>
       </c>
       <c r="E830">
         <v>4</v>
       </c>
       <c r="F830" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G830" t="s">
         <v>597</v>
       </c>
       <c r="H830"/>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B831" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="C831" t="s">
         <v>412</v>
       </c>
       <c r="D831" t="s">
         <v>74</v>
       </c>
       <c r="E831">
         <v>5</v>
       </c>
       <c r="F831" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
       <c r="G831" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="H831">
         <v>3.0</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="B832" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="C832" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D832" t="s">
         <v>166</v>
       </c>
       <c r="E832">
         <v>1</v>
       </c>
       <c r="F832" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="G832" t="s">
         <v>499</v>
       </c>
       <c r="H832">
         <v>1.0</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="B833" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C833" t="s">
         <v>518</v>
       </c>
       <c r="D833" t="s">
         <v>59</v>
       </c>
       <c r="E833">
         <v>1</v>
       </c>
       <c r="F833" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="G833" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="H833">
         <v>4.0</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B834" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="C834" t="s">
         <v>242</v>
       </c>
       <c r="D834" t="s">
         <v>65</v>
       </c>
       <c r="E834">
         <v>1</v>
       </c>
       <c r="F834" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="G834" t="s">
         <v>67</v>
       </c>
       <c r="H834"/>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="B835" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="C835" t="s">
         <v>137</v>
       </c>
       <c r="D835" t="s">
         <v>44</v>
       </c>
       <c r="E835">
         <v>4</v>
       </c>
       <c r="F835" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="G835" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="H835"/>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B836" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C836" t="s">
         <v>310</v>
       </c>
       <c r="D836" t="s">
         <v>74</v>
       </c>
       <c r="E836">
         <v>1</v>
       </c>
       <c r="F836" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="G836" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H836">
         <v>2.0</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B837" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C837" t="s">
         <v>310</v>
       </c>
       <c r="D837" t="s">
         <v>74</v>
       </c>
       <c r="E837">
         <v>2</v>
       </c>
       <c r="F837" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="G837" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="H837">
         <v>7.0</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="B838" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C838" t="s">
         <v>310</v>
       </c>
       <c r="D838" t="s">
         <v>74</v>
       </c>
       <c r="E838">
         <v>1</v>
       </c>
       <c r="F838" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="G838" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="H838">
         <v>1.0</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B839" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C839" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D839" t="s">
         <v>65</v>
       </c>
       <c r="E839">
         <v>1</v>
       </c>
       <c r="F839" t="s">
         <v>69</v>
       </c>
       <c r="G839" t="s">
         <v>70</v>
       </c>
       <c r="H839">
         <v>4.0</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B840" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C840" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D840" t="s">
         <v>65</v>
       </c>
       <c r="E840">
         <v>5</v>
       </c>
       <c r="F840" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="G840" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="H840">
         <v>4.0</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="B841" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C841" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="D841" t="s">
         <v>65</v>
       </c>
       <c r="E841">
         <v>3</v>
       </c>
       <c r="F841" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="G841" t="s">
         <v>524</v>
       </c>
       <c r="H841"/>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B842" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C842" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D842" t="s">
         <v>65</v>
       </c>
       <c r="E842">
         <v>1</v>
       </c>
       <c r="F842" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="G842" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="H842"/>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B843" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C843" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D843" t="s">
         <v>65</v>
       </c>
       <c r="E843">
         <v>1</v>
       </c>
       <c r="F843" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="G843" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="H843">
         <v>4.0</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="B844" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C844" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D844" t="s">
         <v>65</v>
       </c>
       <c r="E844">
         <v>1</v>
       </c>
       <c r="F844" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="G844" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H844">
         <v>1.0</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B845" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="C845" t="s">
         <v>194</v>
       </c>
       <c r="D845" t="s">
         <v>44</v>
       </c>
       <c r="E845">
         <v>6</v>
       </c>
       <c r="F845" t="s">
         <v>195</v>
       </c>
       <c r="G845" t="s">
         <v>196</v>
       </c>
       <c r="H845"/>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="B846" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="C846" t="s">
         <v>194</v>
       </c>
       <c r="D846" t="s">
         <v>44</v>
       </c>
       <c r="E846">
         <v>6</v>
       </c>
       <c r="F846" t="s">
         <v>199</v>
       </c>
       <c r="G846" t="s">
         <v>196</v>
       </c>
       <c r="H846"/>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B847" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C847" t="s">
         <v>91</v>
       </c>
       <c r="D847" t="s">
         <v>11</v>
       </c>
       <c r="E847">
         <v>1</v>
       </c>
       <c r="F847" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="G847" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="H847"/>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B848" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C848" t="s">
         <v>91</v>
       </c>
       <c r="D848" t="s">
         <v>11</v>
       </c>
       <c r="E848">
         <v>5</v>
       </c>
       <c r="F848" t="s">
         <v>300</v>
       </c>
       <c r="G848" t="s">
         <v>301</v>
       </c>
       <c r="H848">
         <v>7.0</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B849" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C849" t="s">
         <v>91</v>
       </c>
       <c r="D849" t="s">
         <v>11</v>
       </c>
       <c r="E849">
         <v>1</v>
       </c>
       <c r="F849" t="s">
-        <v>856</v>
+        <v>852</v>
       </c>
       <c r="G849" t="s">
-        <v>857</v>
+        <v>853</v>
       </c>
       <c r="H849"/>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B850" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C850" t="s">
         <v>91</v>
       </c>
       <c r="D850" t="s">
         <v>11</v>
       </c>
       <c r="E850">
         <v>1</v>
       </c>
       <c r="F850" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="G850" t="s">
         <v>272</v>
       </c>
       <c r="H850"/>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="B851" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C851" t="s">
         <v>91</v>
       </c>
       <c r="D851" t="s">
         <v>11</v>
       </c>
       <c r="E851">
         <v>4</v>
       </c>
       <c r="F851" t="s">
         <v>302</v>
       </c>
       <c r="G851" t="s">
         <v>303</v>
       </c>
       <c r="H851"/>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B852" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C852" t="s">
         <v>194</v>
       </c>
       <c r="D852" t="s">
         <v>44</v>
       </c>
       <c r="E852">
         <v>1</v>
       </c>
       <c r="F852" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G852" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="H852"/>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B853" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C853" t="s">
         <v>194</v>
       </c>
       <c r="D853" t="s">
         <v>44</v>
       </c>
       <c r="E853">
         <v>1</v>
       </c>
       <c r="F853" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="G853" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="H853"/>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B854" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C854" t="s">
         <v>194</v>
       </c>
       <c r="D854" t="s">
         <v>44</v>
       </c>
       <c r="E854">
         <v>1</v>
       </c>
       <c r="F854" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="G854" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="H854"/>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B855" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C855" t="s">
         <v>194</v>
       </c>
       <c r="D855" t="s">
         <v>44</v>
       </c>
       <c r="E855">
         <v>2</v>
       </c>
       <c r="F855" t="s">
         <v>199</v>
       </c>
       <c r="G855" t="s">
         <v>196</v>
       </c>
       <c r="H855"/>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="B856" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C856" t="s">
         <v>194</v>
       </c>
       <c r="D856" t="s">
         <v>44</v>
       </c>
       <c r="E856">
         <v>1</v>
       </c>
       <c r="F856" t="s">
         <v>195</v>
       </c>
       <c r="G856" t="s">
         <v>196</v>
       </c>
       <c r="H856"/>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="B857" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C857" t="s">
         <v>488</v>
       </c>
       <c r="D857" t="s">
         <v>44</v>
       </c>
       <c r="E857">
         <v>4</v>
       </c>
       <c r="F857" t="s">
         <v>47</v>
       </c>
       <c r="G857" t="s">
         <v>48</v>
       </c>
       <c r="H857"/>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="B858" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C858" t="s">
         <v>627</v>
       </c>
       <c r="D858" t="s">
         <v>319</v>
       </c>
       <c r="E858">
         <v>1</v>
       </c>
       <c r="F858" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="G858" t="s">
         <v>542</v>
       </c>
       <c r="H858"/>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B859" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C859" t="s">
         <v>310</v>
       </c>
       <c r="D859" t="s">
         <v>74</v>
       </c>
       <c r="E859">
         <v>4</v>
       </c>
       <c r="F859" t="s">
         <v>312</v>
       </c>
       <c r="G859" t="s">
         <v>313</v>
       </c>
       <c r="H859"/>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B860" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C860" t="s">
         <v>310</v>
       </c>
       <c r="D860" t="s">
         <v>74</v>
       </c>
       <c r="E860">
         <v>1</v>
       </c>
       <c r="F860" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="G860" t="s">
         <v>25</v>
       </c>
       <c r="H860"/>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B861" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C861" t="s">
         <v>310</v>
       </c>
       <c r="D861" t="s">
         <v>74</v>
       </c>
       <c r="E861">
         <v>3</v>
       </c>
       <c r="F861" t="s">
         <v>331</v>
       </c>
       <c r="G861" t="s">
         <v>332</v>
       </c>
       <c r="H861">
         <v>5.0</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B862" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C862" t="s">
         <v>310</v>
       </c>
       <c r="D862" t="s">
         <v>74</v>
       </c>
       <c r="E862">
         <v>1</v>
       </c>
       <c r="F862" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="G862" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H862">
         <v>8.0</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="B863" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C863" t="s">
         <v>310</v>
       </c>
       <c r="D863" t="s">
         <v>74</v>
       </c>
       <c r="E863">
         <v>1</v>
       </c>
       <c r="F863" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="G863" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="H863">
         <v>1.0</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B864" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C864" t="s">
         <v>310</v>
       </c>
       <c r="D864" t="s">
         <v>74</v>
       </c>
       <c r="E864">
         <v>3</v>
       </c>
       <c r="F864" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G864" t="s">
         <v>173</v>
       </c>
       <c r="H864"/>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B865" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C865" t="s">
         <v>310</v>
       </c>
       <c r="D865" t="s">
         <v>74</v>
       </c>
       <c r="E865">
         <v>7</v>
       </c>
       <c r="F865" t="s">
         <v>314</v>
       </c>
       <c r="G865" t="s">
         <v>315</v>
       </c>
       <c r="H865"/>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="B866" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C866" t="s">
         <v>610</v>
       </c>
       <c r="D866" t="s">
         <v>74</v>
       </c>
       <c r="E866">
         <v>3</v>
       </c>
       <c r="F866" t="s">
         <v>97</v>
       </c>
       <c r="G866" t="s">
         <v>98</v>
       </c>
       <c r="H866"/>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B867" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C867" t="s">
         <v>64</v>
       </c>
       <c r="D867" t="s">
         <v>65</v>
       </c>
       <c r="E867">
         <v>5</v>
       </c>
       <c r="F867" t="s">
         <v>176</v>
       </c>
       <c r="G867" t="s">
         <v>177</v>
       </c>
       <c r="H867"/>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B868" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C868" t="s">
         <v>64</v>
       </c>
       <c r="D868" t="s">
         <v>65</v>
       </c>
       <c r="E868">
         <v>5</v>
       </c>
       <c r="F868" t="s">
-        <v>712</v>
+        <v>708</v>
       </c>
       <c r="G868" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
       <c r="H868"/>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="B869" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C869" t="s">
         <v>64</v>
       </c>
       <c r="D869" t="s">
         <v>65</v>
       </c>
       <c r="E869">
         <v>5</v>
       </c>
       <c r="F869" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="G869" t="s">
-        <v>711</v>
+        <v>707</v>
       </c>
       <c r="H869">
         <v>1.0</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B870" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C870" t="s">
         <v>310</v>
       </c>
       <c r="D870" t="s">
         <v>74</v>
       </c>
       <c r="E870">
         <v>4</v>
       </c>
       <c r="F870" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="G870" t="s">
         <v>173</v>
       </c>
       <c r="H870"/>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="B871" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C871" t="s">
         <v>58</v>
       </c>
       <c r="D871" t="s">
         <v>59</v>
       </c>
       <c r="E871">
         <v>2</v>
       </c>
       <c r="F871" t="s">
         <v>60</v>
       </c>
       <c r="G871" t="s">
         <v>61</v>
       </c>
       <c r="H871"/>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B872" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C872" t="s">
         <v>10</v>
       </c>
       <c r="D872" t="s">
         <v>11</v>
       </c>
       <c r="E872">
         <v>1</v>
       </c>
       <c r="F872" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="G872" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="H872"/>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B873" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C873" t="s">
         <v>10</v>
       </c>
       <c r="D873" t="s">
         <v>11</v>
       </c>
       <c r="E873">
         <v>1</v>
       </c>
       <c r="F873" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="G873" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="H873"/>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="B874" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C874" t="s">
         <v>10</v>
       </c>
       <c r="D874" t="s">
         <v>11</v>
       </c>
       <c r="E874">
         <v>1</v>
       </c>
       <c r="F874" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="G874" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="H874"/>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="B875" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C875" t="s">
         <v>53</v>
       </c>
       <c r="D875" t="s">
         <v>44</v>
       </c>
       <c r="E875">
         <v>3</v>
       </c>
       <c r="F875" t="s">
         <v>180</v>
       </c>
       <c r="G875" t="s">
         <v>173</v>
       </c>
       <c r="H875"/>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="B876" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C876" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D876" t="s">
         <v>166</v>
       </c>
       <c r="E876">
         <v>3</v>
       </c>
       <c r="F876" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="G876" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="H876"/>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="B877" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="C877" t="s">
         <v>10</v>
       </c>
       <c r="D877" t="s">
         <v>11</v>
       </c>
       <c r="E877">
         <v>3</v>
       </c>
       <c r="F877" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G877" t="s">
         <v>597</v>
       </c>
       <c r="H877"/>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B878" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C878" t="s">
         <v>137</v>
       </c>
       <c r="D878" t="s">
         <v>44</v>
       </c>
       <c r="E878">
         <v>1</v>
       </c>
       <c r="F878" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="G878" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="H878">
         <v>1.0</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B879" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C879" t="s">
         <v>137</v>
       </c>
       <c r="D879" t="s">
         <v>44</v>
       </c>
       <c r="E879">
         <v>1</v>
       </c>
       <c r="F879" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="G879" t="s">
         <v>430</v>
       </c>
       <c r="H879">
         <v>1.0</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B880" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C880" t="s">
         <v>137</v>
       </c>
       <c r="D880" t="s">
         <v>44</v>
       </c>
       <c r="E880">
         <v>1</v>
       </c>
       <c r="F880" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="G880" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="H880">
         <v>1.0</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B881" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C881" t="s">
         <v>137</v>
       </c>
       <c r="D881" t="s">
         <v>44</v>
       </c>
       <c r="E881">
         <v>1</v>
       </c>
       <c r="F881" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="G881" t="s">
         <v>499</v>
       </c>
       <c r="H881">
         <v>2.0</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B882" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C882" t="s">
         <v>137</v>
       </c>
       <c r="D882" t="s">
         <v>44</v>
       </c>
       <c r="E882">
         <v>1</v>
       </c>
       <c r="F882" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="G882" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H882">
         <v>1.0</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B883" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C883" t="s">
         <v>137</v>
       </c>
       <c r="D883" t="s">
         <v>44</v>
       </c>
       <c r="E883">
         <v>1</v>
       </c>
       <c r="F883" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="G883" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="H883">
         <v>1.0</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B884" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C884" t="s">
         <v>137</v>
       </c>
       <c r="D884" t="s">
         <v>44</v>
       </c>
       <c r="E884">
         <v>1</v>
       </c>
       <c r="F884" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="G884" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H884">
         <v>1.0</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="B885" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C885" t="s">
         <v>137</v>
       </c>
       <c r="D885" t="s">
         <v>44</v>
       </c>
       <c r="E885">
         <v>1</v>
       </c>
       <c r="F885" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="G885" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="H885">
         <v>1.0</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="B886" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C886" t="s">
         <v>10</v>
       </c>
       <c r="D886" t="s">
         <v>11</v>
       </c>
       <c r="E886">
         <v>5</v>
       </c>
       <c r="F886" t="s">
         <v>12</v>
       </c>
       <c r="G886" t="s">
         <v>13</v>
       </c>
       <c r="H886"/>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B887" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C887" t="s">
         <v>53</v>
       </c>
       <c r="D887" t="s">
         <v>44</v>
       </c>
       <c r="E887">
         <v>1</v>
       </c>
       <c r="F887" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="G887" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="H887"/>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B888" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C888" t="s">
         <v>53</v>
       </c>
       <c r="D888" t="s">
         <v>44</v>
       </c>
       <c r="E888">
         <v>7</v>
       </c>
       <c r="F888" t="s">
         <v>578</v>
       </c>
       <c r="G888" t="s">
         <v>396</v>
       </c>
       <c r="H888"/>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B889" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C889" t="s">
         <v>53</v>
       </c>
       <c r="D889" t="s">
         <v>44</v>
       </c>
       <c r="E889">
         <v>1</v>
       </c>
       <c r="F889" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="G889" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="H889">
         <v>1.0</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B890" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C890" t="s">
         <v>53</v>
       </c>
       <c r="D890" t="s">
         <v>44</v>
       </c>
       <c r="E890">
         <v>1</v>
       </c>
       <c r="F890" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="G890" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="H890">
         <v>4.0</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B891" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C891" t="s">
         <v>53</v>
       </c>
       <c r="D891" t="s">
         <v>44</v>
       </c>
       <c r="E891">
         <v>1</v>
       </c>
       <c r="F891" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="G891" t="s">
         <v>46</v>
       </c>
       <c r="H891"/>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="B892" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C892" t="s">
         <v>53</v>
       </c>
       <c r="D892" t="s">
         <v>44</v>
       </c>
       <c r="E892">
         <v>5</v>
       </c>
       <c r="F892" t="s">
         <v>180</v>
       </c>
       <c r="G892" t="s">
         <v>173</v>
       </c>
       <c r="H892"/>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B893" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C893" t="s">
         <v>53</v>
       </c>
       <c r="D893" t="s">
         <v>44</v>
       </c>
       <c r="E893">
         <v>2</v>
       </c>
       <c r="F893" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="G893" t="s">
         <v>597</v>
       </c>
       <c r="H893"/>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B894" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C894" t="s">
         <v>53</v>
       </c>
       <c r="D894" t="s">
         <v>44</v>
       </c>
       <c r="E894">
         <v>1</v>
       </c>
       <c r="F894" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
       <c r="G894" t="s">
         <v>205</v>
       </c>
       <c r="H894">
         <v>4.0</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B895" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C895" t="s">
         <v>53</v>
       </c>
       <c r="D895" t="s">
         <v>44</v>
       </c>
       <c r="E895">
         <v>3</v>
       </c>
       <c r="F895" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="G895" t="s">
         <v>586</v>
       </c>
       <c r="H895">
         <v>4.0</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B896" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C896" t="s">
         <v>53</v>
       </c>
       <c r="D896" t="s">
         <v>44</v>
       </c>
       <c r="E896">
         <v>4</v>
       </c>
       <c r="F896" t="s">
-        <v>752</v>
+        <v>748</v>
       </c>
       <c r="G896" t="s">
-        <v>753</v>
+        <v>749</v>
       </c>
       <c r="H896">
         <v>3.0</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B897" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C897" t="s">
         <v>53</v>
       </c>
       <c r="D897" t="s">
         <v>44</v>
       </c>
       <c r="E897">
         <v>2</v>
       </c>
       <c r="F897" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="G897" t="s">
         <v>378</v>
       </c>
       <c r="H897">
         <v>1.0</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B898" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C898" t="s">
         <v>53</v>
       </c>
       <c r="D898" t="s">
         <v>44</v>
       </c>
       <c r="E898">
         <v>1</v>
       </c>
       <c r="F898" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="G898" t="s">
         <v>265</v>
       </c>
       <c r="H898">
         <v>1.0</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B899" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C899" t="s">
         <v>53</v>
       </c>
       <c r="D899" t="s">
         <v>44</v>
       </c>
       <c r="E899">
         <v>1</v>
       </c>
       <c r="F899" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="G899" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="H899"/>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B900" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C900" t="s">
         <v>53</v>
       </c>
       <c r="D900" t="s">
         <v>44</v>
       </c>
       <c r="E900">
         <v>1</v>
       </c>
       <c r="F900" t="s">
         <v>54</v>
       </c>
       <c r="G900" t="s">
         <v>55</v>
       </c>
       <c r="H900"/>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="B901" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="C901" t="s">
         <v>53</v>
       </c>
       <c r="D901" t="s">
         <v>44</v>
       </c>
       <c r="E901">
         <v>1</v>
       </c>
       <c r="F901" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="G901" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="H901"/>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B902" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C902" t="s">
         <v>137</v>
       </c>
       <c r="D902" t="s">
         <v>44</v>
       </c>
       <c r="E902">
         <v>3</v>
       </c>
       <c r="F902" t="s">
         <v>140</v>
       </c>
       <c r="G902" t="s">
         <v>141</v>
       </c>
       <c r="H902"/>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B903" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C903" t="s">
         <v>137</v>
       </c>
       <c r="D903" t="s">
         <v>44</v>
       </c>
       <c r="E903">
         <v>1</v>
       </c>
       <c r="F903" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="G903" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="H903"/>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B904" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C904" t="s">
         <v>137</v>
       </c>
       <c r="D904" t="s">
         <v>44</v>
       </c>
       <c r="E904">
         <v>1</v>
       </c>
       <c r="F904" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="G904" t="s">
         <v>139</v>
       </c>
       <c r="H904"/>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B905" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C905" t="s">
         <v>137</v>
       </c>
       <c r="D905" t="s">
         <v>44</v>
       </c>
       <c r="E905">
         <v>5</v>
       </c>
       <c r="F905" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
       <c r="G905" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="H905"/>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B906" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C906" t="s">
         <v>137</v>
       </c>
       <c r="D906" t="s">
         <v>44</v>
       </c>
       <c r="E906">
         <v>2</v>
       </c>
       <c r="F906" t="s">
         <v>138</v>
       </c>
       <c r="G906" t="s">
         <v>139</v>
       </c>
       <c r="H906"/>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B907" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C907" t="s">
         <v>137</v>
       </c>
       <c r="D907" t="s">
         <v>44</v>
       </c>
       <c r="E907">
         <v>4</v>
       </c>
       <c r="F907" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="G907" t="s">
         <v>351</v>
       </c>
       <c r="H907"/>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B908" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C908" t="s">
         <v>137</v>
       </c>
       <c r="D908" t="s">
         <v>44</v>
       </c>
       <c r="E908">
         <v>5</v>
       </c>
       <c r="F908" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G908" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="H908">
         <v>3.0</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B909" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C909" t="s">
         <v>137</v>
       </c>
       <c r="D909" t="s">
         <v>44</v>
       </c>
       <c r="E909">
         <v>4</v>
       </c>
       <c r="F909" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="G909" t="s">
-        <v>679</v>
+        <v>675</v>
       </c>
       <c r="H909"/>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="B910" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C910" t="s">
         <v>137</v>
       </c>
       <c r="D910" t="s">
         <v>44</v>
       </c>
       <c r="E910">
         <v>3</v>
       </c>
       <c r="F910" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="G910" t="s">
         <v>269</v>
       </c>
       <c r="H910"/>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B911" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C911" t="s">
         <v>278</v>
       </c>
       <c r="D911" t="s">
         <v>65</v>
       </c>
       <c r="E911">
         <v>1</v>
       </c>
       <c r="F911" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="G911" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="H911"/>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="B912" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C912" t="s">
         <v>278</v>
       </c>
       <c r="D912" t="s">
         <v>65</v>
       </c>
       <c r="E912">
         <v>4</v>
       </c>
       <c r="F912" t="s">
         <v>463</v>
       </c>
       <c r="G912"/>
       <c r="H912"/>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="B913" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C913" t="s">
         <v>589</v>
       </c>
       <c r="D913" t="s">
         <v>59</v>
       </c>
       <c r="E913">
         <v>10</v>
       </c>
       <c r="F913" t="s">
         <v>117</v>
       </c>
       <c r="G913" t="s">
         <v>118</v>
       </c>
       <c r="H913"/>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="B914" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C914" t="s">
         <v>10</v>
       </c>
       <c r="D914" t="s">
         <v>11</v>
       </c>
       <c r="E914">
         <v>1</v>
       </c>
       <c r="F914" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="G914" t="s">
         <v>341</v>
       </c>
       <c r="H914"/>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B915" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C915" t="s">
         <v>144</v>
       </c>
       <c r="D915" t="s">
         <v>65</v>
       </c>
       <c r="E915">
         <v>1</v>
       </c>
       <c r="F915" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="G915" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="H915"/>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B916" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C916" t="s">
         <v>144</v>
       </c>
       <c r="D916" t="s">
         <v>65</v>
       </c>
       <c r="E916">
         <v>1</v>
       </c>
       <c r="F916" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="G916" t="s">
         <v>595</v>
       </c>
       <c r="H916"/>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B917" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C917" t="s">
         <v>144</v>
       </c>
       <c r="D917" t="s">
         <v>65</v>
       </c>
       <c r="E917">
         <v>8</v>
       </c>
       <c r="F917" t="s">
         <v>155</v>
       </c>
       <c r="G917" t="s">
         <v>156</v>
       </c>
       <c r="H917"/>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="B918" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C918" t="s">
         <v>144</v>
       </c>
       <c r="D918" t="s">
         <v>65</v>
       </c>
       <c r="E918">
         <v>1</v>
       </c>
       <c r="F918" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="G918" t="s">
         <v>231</v>
       </c>
       <c r="H918">
         <v>2.0</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="B919" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="C919" t="s">
-        <v>933</v>
+        <v>137</v>
       </c>
       <c r="D919" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E919">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F919" t="s">
-        <v>752</v>
+        <v>865</v>
       </c>
       <c r="G919" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>635</v>
+      </c>
+      <c r="H919"/>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="B920" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C920" t="s">
-        <v>116</v>
+        <v>934</v>
       </c>
       <c r="D920" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E920">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F920" t="s">
-        <v>1571</v>
+        <v>748</v>
       </c>
       <c r="G920" t="s">
-        <v>1572</v>
+        <v>749</v>
       </c>
       <c r="H920">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B921" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C921" t="s">
         <v>116</v>
       </c>
       <c r="D921" t="s">
         <v>59</v>
       </c>
       <c r="E921">
         <v>1</v>
       </c>
       <c r="F921" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="G921" t="s">
-        <v>107</v>
+        <v>1575</v>
       </c>
       <c r="H921">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B922" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C922" t="s">
         <v>116</v>
       </c>
       <c r="D922" t="s">
         <v>59</v>
       </c>
       <c r="E922">
         <v>1</v>
       </c>
       <c r="F922" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="G922" t="s">
-        <v>1575</v>
+        <v>107</v>
       </c>
       <c r="H922">
         <v>1.0</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B923" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C923" t="s">
         <v>116</v>
       </c>
       <c r="D923" t="s">
         <v>59</v>
       </c>
       <c r="E923">
         <v>1</v>
       </c>
       <c r="F923" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="G923" t="s">
-        <v>1528</v>
+        <v>1578</v>
       </c>
       <c r="H923">
         <v>1.0</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B924" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C924" t="s">
         <v>116</v>
       </c>
       <c r="D924" t="s">
         <v>59</v>
       </c>
       <c r="E924">
         <v>1</v>
       </c>
       <c r="F924" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="G924" t="s">
-        <v>1575</v>
+        <v>1529</v>
       </c>
       <c r="H924">
         <v>1.0</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B925" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C925" t="s">
         <v>116</v>
       </c>
       <c r="D925" t="s">
         <v>59</v>
       </c>
       <c r="E925">
         <v>1</v>
       </c>
       <c r="F925" t="s">
+        <v>1580</v>
+      </c>
+      <c r="G925" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1528</v>
       </c>
       <c r="H925">
         <v>1.0</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B926" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C926" t="s">
         <v>116</v>
       </c>
       <c r="D926" t="s">
         <v>59</v>
       </c>
       <c r="E926">
         <v>1</v>
       </c>
       <c r="F926" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="G926" t="s">
-        <v>499</v>
+        <v>1529</v>
       </c>
       <c r="H926">
         <v>1.0</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B927" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C927" t="s">
         <v>116</v>
       </c>
       <c r="D927" t="s">
         <v>59</v>
       </c>
       <c r="E927">
         <v>1</v>
       </c>
       <c r="F927" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="G927" t="s">
-        <v>1575</v>
+        <v>499</v>
       </c>
       <c r="H927">
         <v>1.0</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B928" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C928" t="s">
         <v>116</v>
       </c>
       <c r="D928" t="s">
         <v>59</v>
       </c>
       <c r="E928">
         <v>1</v>
       </c>
       <c r="F928" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
       <c r="G928" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="H928">
         <v>1.0</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B929" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C929" t="s">
         <v>116</v>
       </c>
       <c r="D929" t="s">
         <v>59</v>
       </c>
       <c r="E929">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F929" t="s">
-        <v>947</v>
+        <v>1584</v>
       </c>
       <c r="G929" t="s">
-        <v>948</v>
+        <v>1578</v>
       </c>
       <c r="H929">
         <v>1.0</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B930" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C930" t="s">
         <v>116</v>
       </c>
       <c r="D930" t="s">
         <v>59</v>
       </c>
       <c r="E930">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F930" t="s">
-        <v>1582</v>
+        <v>948</v>
       </c>
       <c r="G930" t="s">
-        <v>1583</v>
-[...1 lines deleted...]
-      <c r="H930"/>
+        <v>949</v>
+      </c>
+      <c r="H930">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B931" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C931" t="s">
         <v>116</v>
       </c>
       <c r="D931" t="s">
         <v>59</v>
       </c>
       <c r="E931">
         <v>1</v>
       </c>
       <c r="F931" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="G931" t="s">
-        <v>1025</v>
+        <v>1586</v>
       </c>
       <c r="H931"/>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B932" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C932" t="s">
         <v>116</v>
       </c>
       <c r="D932" t="s">
         <v>59</v>
       </c>
       <c r="E932">
         <v>1</v>
       </c>
       <c r="F932" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="G932" t="s">
-        <v>1583</v>
+        <v>1026</v>
       </c>
       <c r="H932"/>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B933" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C933" t="s">
         <v>116</v>
       </c>
       <c r="D933" t="s">
         <v>59</v>
       </c>
       <c r="E933">
         <v>1</v>
       </c>
       <c r="F933" t="s">
+        <v>1588</v>
+      </c>
+      <c r="G933" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1025</v>
       </c>
       <c r="H933"/>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B934" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C934" t="s">
         <v>116</v>
       </c>
       <c r="D934" t="s">
         <v>59</v>
       </c>
       <c r="E934">
         <v>1</v>
       </c>
       <c r="F934" t="s">
-        <v>117</v>
+        <v>1589</v>
       </c>
       <c r="G934" t="s">
-        <v>118</v>
+        <v>1026</v>
       </c>
       <c r="H934"/>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="B935" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="C935" t="s">
         <v>116</v>
       </c>
       <c r="D935" t="s">
         <v>59</v>
       </c>
       <c r="E935">
         <v>1</v>
       </c>
       <c r="F935" t="s">
-        <v>1587</v>
+        <v>117</v>
       </c>
       <c r="G935" t="s">
         <v>118</v>
       </c>
       <c r="H935"/>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
-        <v>1588</v>
+        <v>1572</v>
       </c>
       <c r="B936" t="s">
-        <v>1589</v>
+        <v>1573</v>
       </c>
       <c r="C936" t="s">
-        <v>310</v>
+        <v>116</v>
       </c>
       <c r="D936" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E936">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F936" t="s">
         <v>1590</v>
       </c>
       <c r="G936" t="s">
-        <v>768</v>
+        <v>118</v>
       </c>
       <c r="H936"/>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>1591</v>
       </c>
       <c r="B937" t="s">
         <v>1592</v>
       </c>
       <c r="C937" t="s">
-        <v>53</v>
+        <v>310</v>
       </c>
       <c r="D937" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E937">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F937" t="s">
         <v>1593</v>
       </c>
       <c r="G937" t="s">
-        <v>1594</v>
+        <v>764</v>
       </c>
       <c r="H937"/>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
-        <v>1591</v>
+        <v>1594</v>
       </c>
       <c r="B938" t="s">
-        <v>1592</v>
+        <v>1595</v>
       </c>
       <c r="C938" t="s">
         <v>53</v>
       </c>
       <c r="D938" t="s">
         <v>44</v>
       </c>
       <c r="E938">
         <v>1</v>
       </c>
       <c r="F938" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="G938" t="s">
-        <v>902</v>
+        <v>1597</v>
       </c>
       <c r="H938"/>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
-        <v>1596</v>
+        <v>1594</v>
       </c>
       <c r="B939" t="s">
-        <v>1597</v>
+        <v>1595</v>
       </c>
       <c r="C939" t="s">
-        <v>412</v>
+        <v>53</v>
       </c>
       <c r="D939" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="E939">
         <v>1</v>
       </c>
       <c r="F939" t="s">
         <v>1598</v>
       </c>
       <c r="G939" t="s">
-        <v>1599</v>
+        <v>903</v>
       </c>
       <c r="H939"/>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B940" t="s">
         <v>1600</v>
       </c>
-      <c r="B940" t="s">
+      <c r="C940" t="s">
+        <v>412</v>
+      </c>
+      <c r="D940" t="s">
+        <v>74</v>
+      </c>
+      <c r="E940">
+        <v>1</v>
+      </c>
+      <c r="F940" t="s">
         <v>1601</v>
       </c>
-      <c r="C940" t="s">
-[...8 lines deleted...]
-      <c r="F940" t="s">
+      <c r="G940" t="s">
         <v>1602</v>
       </c>
-      <c r="G940" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H940"/>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
         <v>1603</v>
       </c>
       <c r="B941" t="s">
         <v>1604</v>
       </c>
       <c r="C941" t="s">
         <v>53</v>
       </c>
       <c r="D941" t="s">
         <v>44</v>
       </c>
       <c r="E941">
         <v>1</v>
       </c>
       <c r="F941" t="s">
-        <v>180</v>
+        <v>1605</v>
       </c>
       <c r="G941" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H941"/>
+        <v>749</v>
+      </c>
+      <c r="H941">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
-        <v>1603</v>
+        <v>1606</v>
       </c>
       <c r="B942" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="C942" t="s">
         <v>53</v>
       </c>
       <c r="D942" t="s">
         <v>44</v>
       </c>
       <c r="E942">
         <v>1</v>
       </c>
       <c r="F942" t="s">
-        <v>1605</v>
+        <v>180</v>
       </c>
       <c r="G942" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>173</v>
+      </c>
+      <c r="H942"/>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
         <v>1606</v>
       </c>
       <c r="B943" t="s">
         <v>1607</v>
       </c>
       <c r="C943" t="s">
-        <v>933</v>
+        <v>53</v>
       </c>
       <c r="D943" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E943">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F943" t="s">
-        <v>1435</v>
+        <v>1608</v>
       </c>
       <c r="G943" t="s">
-        <v>1233</v>
-[...1 lines deleted...]
-      <c r="H943"/>
+        <v>499</v>
+      </c>
+      <c r="H943">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
       <c r="B944" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="C944" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="D944" t="s">
         <v>166</v>
       </c>
       <c r="E944">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F944" t="s">
-        <v>1299</v>
+        <v>1436</v>
       </c>
       <c r="G944" t="s">
-        <v>1300</v>
+        <v>1234</v>
       </c>
       <c r="H944"/>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B945" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C945" t="s">
-        <v>137</v>
+        <v>934</v>
       </c>
       <c r="D945" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E945">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F945" t="s">
-        <v>685</v>
+        <v>1300</v>
       </c>
       <c r="G945" t="s">
-        <v>351</v>
+        <v>1301</v>
       </c>
       <c r="H945"/>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="B946" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="C946" t="s">
         <v>137</v>
       </c>
       <c r="D946" t="s">
         <v>44</v>
       </c>
       <c r="E946">
         <v>4</v>
       </c>
       <c r="F946" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="G946" t="s">
-        <v>687</v>
+        <v>351</v>
       </c>
       <c r="H946"/>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="B947" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C947" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="D947" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E947">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F947" t="s">
-        <v>117</v>
+        <v>682</v>
       </c>
       <c r="G947" t="s">
-        <v>118</v>
+        <v>683</v>
       </c>
       <c r="H947"/>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="B948" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="C948" t="s">
-        <v>10</v>
+        <v>116</v>
       </c>
       <c r="D948" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E948">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F948" t="s">
-        <v>1614</v>
+        <v>117</v>
       </c>
       <c r="G948" t="s">
-        <v>1615</v>
+        <v>118</v>
       </c>
       <c r="H948"/>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B949" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C949" t="s">
         <v>10</v>
       </c>
       <c r="D949" t="s">
         <v>11</v>
       </c>
       <c r="E949">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F949" t="s">
-        <v>112</v>
+        <v>1617</v>
       </c>
       <c r="G949" t="s">
-        <v>113</v>
+        <v>1618</v>
       </c>
       <c r="H949"/>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="B950" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="C950" t="s">
         <v>10</v>
       </c>
       <c r="D950" t="s">
         <v>11</v>
       </c>
       <c r="E950">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F950" t="s">
-        <v>1616</v>
+        <v>112</v>
       </c>
       <c r="G950" t="s">
-        <v>978</v>
+        <v>113</v>
       </c>
       <c r="H950"/>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
-        <v>1617</v>
+        <v>1615</v>
       </c>
       <c r="B951" t="s">
-        <v>1618</v>
+        <v>1616</v>
       </c>
       <c r="C951" t="s">
-        <v>137</v>
+        <v>10</v>
       </c>
       <c r="D951" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E951">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F951" t="s">
-        <v>686</v>
+        <v>1619</v>
       </c>
       <c r="G951" t="s">
-        <v>687</v>
+        <v>979</v>
       </c>
       <c r="H951"/>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B952" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="C952" t="s">
         <v>137</v>
       </c>
       <c r="D952" t="s">
         <v>44</v>
       </c>
       <c r="E952">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F952" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="G952" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="H952"/>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B953" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="C953" t="s">
         <v>137</v>
       </c>
       <c r="D953" t="s">
         <v>44</v>
       </c>
       <c r="E953">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F953" t="s">
-        <v>1619</v>
+        <v>674</v>
       </c>
       <c r="G953" t="s">
-        <v>1620</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="H953"/>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="B954" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="C954" t="s">
         <v>137</v>
       </c>
       <c r="D954" t="s">
         <v>44</v>
       </c>
       <c r="E954">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F954" t="s">
-        <v>740</v>
+        <v>1622</v>
       </c>
       <c r="G954" t="s">
-        <v>741</v>
-[...1 lines deleted...]
-      <c r="H954"/>
+        <v>1623</v>
+      </c>
+      <c r="H954">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
+        <v>1620</v>
+      </c>
+      <c r="B955" t="s">
         <v>1621</v>
       </c>
-      <c r="B955" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C955" t="s">
-        <v>43</v>
+        <v>137</v>
       </c>
       <c r="D955" t="s">
         <v>44</v>
       </c>
       <c r="E955">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F955" t="s">
-        <v>47</v>
+        <v>736</v>
       </c>
       <c r="G955" t="s">
-        <v>48</v>
+        <v>737</v>
       </c>
       <c r="H955"/>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="B956" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="C956" t="s">
         <v>43</v>
       </c>
       <c r="D956" t="s">
         <v>44</v>
       </c>
       <c r="E956">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F956" t="s">
-        <v>551</v>
+        <v>47</v>
       </c>
       <c r="G956" t="s">
-        <v>552</v>
+        <v>48</v>
       </c>
       <c r="H956"/>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="B957" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="C957" t="s">
         <v>43</v>
       </c>
       <c r="D957" t="s">
         <v>44</v>
       </c>
       <c r="E957">
         <v>1</v>
       </c>
       <c r="F957" t="s">
-        <v>1623</v>
+        <v>551</v>
       </c>
       <c r="G957" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>552</v>
+      </c>
+      <c r="H957"/>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="B958" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="C958" t="s">
         <v>43</v>
       </c>
       <c r="D958" t="s">
         <v>44</v>
       </c>
       <c r="E958">
         <v>1</v>
       </c>
       <c r="F958" t="s">
-        <v>1624</v>
+        <v>1626</v>
       </c>
       <c r="G958" t="s">
-        <v>1625</v>
-[...1 lines deleted...]
-      <c r="H958"/>
+        <v>633</v>
+      </c>
+      <c r="H958">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="B959" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="C959" t="s">
         <v>43</v>
       </c>
       <c r="D959" t="s">
         <v>44</v>
       </c>
       <c r="E959">
         <v>1</v>
       </c>
       <c r="F959" t="s">
-        <v>547</v>
+        <v>1627</v>
       </c>
       <c r="G959" t="s">
-        <v>548</v>
+        <v>1628</v>
       </c>
       <c r="H959"/>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
-        <v>1621</v>
+        <v>1624</v>
       </c>
       <c r="B960" t="s">
-        <v>1622</v>
+        <v>1625</v>
       </c>
       <c r="C960" t="s">
         <v>43</v>
       </c>
       <c r="D960" t="s">
         <v>44</v>
       </c>
       <c r="E960">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F960" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="G960" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="H960"/>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
-        <v>1626</v>
+        <v>1624</v>
       </c>
       <c r="B961" t="s">
-        <v>1627</v>
+        <v>1625</v>
       </c>
       <c r="C961" t="s">
-        <v>194</v>
+        <v>43</v>
       </c>
       <c r="D961" t="s">
         <v>44</v>
       </c>
       <c r="E961">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F961" t="s">
-        <v>481</v>
+        <v>549</v>
       </c>
       <c r="G961" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>550</v>
+      </c>
+      <c r="H961"/>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B962" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="C962" t="s">
         <v>194</v>
       </c>
       <c r="D962" t="s">
         <v>44</v>
       </c>
       <c r="E962">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F962" t="s">
-        <v>199</v>
+        <v>481</v>
       </c>
       <c r="G962" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="H962"/>
+        <v>184</v>
+      </c>
+      <c r="H962">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B963" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="C963" t="s">
         <v>194</v>
       </c>
       <c r="D963" t="s">
         <v>44</v>
       </c>
       <c r="E963">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F963" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="G963" t="s">
         <v>196</v>
       </c>
       <c r="H963"/>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
-        <v>1626</v>
+        <v>1629</v>
       </c>
       <c r="B964" t="s">
-        <v>1627</v>
+        <v>1630</v>
       </c>
       <c r="C964" t="s">
         <v>194</v>
       </c>
       <c r="D964" t="s">
         <v>44</v>
       </c>
       <c r="E964">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F964" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="G964" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="H964"/>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="B965" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C965" t="s">
-        <v>53</v>
+        <v>194</v>
       </c>
       <c r="D965" t="s">
         <v>44</v>
       </c>
       <c r="E965">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F965" t="s">
-        <v>1630</v>
+        <v>197</v>
       </c>
       <c r="G965" t="s">
-        <v>1631</v>
+        <v>198</v>
       </c>
       <c r="H965"/>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
+        <v>1631</v>
+      </c>
+      <c r="B966" t="s">
         <v>1632</v>
       </c>
-      <c r="B966" t="s">
+      <c r="C966" t="s">
+        <v>53</v>
+      </c>
+      <c r="D966" t="s">
+        <v>44</v>
+      </c>
+      <c r="E966">
+        <v>1</v>
+      </c>
+      <c r="F966" t="s">
         <v>1633</v>
       </c>
-      <c r="C966" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G966" t="s">
-        <v>811</v>
+        <v>1634</v>
       </c>
       <c r="H966"/>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="B967" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="C967" t="s">
         <v>412</v>
       </c>
       <c r="D967" t="s">
         <v>74</v>
       </c>
       <c r="E967">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F967" t="s">
-        <v>469</v>
+        <v>806</v>
       </c>
       <c r="G967" t="s">
-        <v>470</v>
+        <v>807</v>
       </c>
       <c r="H967"/>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="B968" t="s">
-        <v>1633</v>
+        <v>1636</v>
       </c>
       <c r="C968" t="s">
         <v>412</v>
       </c>
       <c r="D968" t="s">
         <v>74</v>
       </c>
       <c r="E968">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F968" t="s">
-        <v>314</v>
+        <v>469</v>
       </c>
       <c r="G968" t="s">
-        <v>315</v>
+        <v>470</v>
       </c>
       <c r="H968"/>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="B969" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="C969" t="s">
-        <v>361</v>
+        <v>412</v>
       </c>
       <c r="D969" t="s">
-        <v>166</v>
+        <v>74</v>
       </c>
       <c r="E969">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F969" t="s">
-        <v>1636</v>
+        <v>314</v>
       </c>
       <c r="G969" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="H969"/>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
         <v>1637</v>
       </c>
       <c r="B970" t="s">
         <v>1638</v>
       </c>
       <c r="C970" t="s">
-        <v>137</v>
+        <v>361</v>
       </c>
       <c r="D970" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E970">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F970" t="s">
-        <v>183</v>
+        <v>1639</v>
       </c>
       <c r="G970" t="s">
-        <v>184</v>
+        <v>402</v>
       </c>
       <c r="H970">
-        <v>3.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
-        <v>1637</v>
+        <v>1640</v>
       </c>
       <c r="B971" t="s">
-        <v>1638</v>
+        <v>1641</v>
       </c>
       <c r="C971" t="s">
         <v>137</v>
       </c>
       <c r="D971" t="s">
         <v>44</v>
       </c>
       <c r="E971">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F971" t="s">
-        <v>1071</v>
+        <v>183</v>
       </c>
       <c r="G971" t="s">
-        <v>833</v>
+        <v>184</v>
       </c>
       <c r="H971">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="B972" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C972" t="s">
-        <v>1052</v>
+        <v>137</v>
       </c>
       <c r="D972" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E972">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F972" t="s">
-        <v>1641</v>
+        <v>1072</v>
       </c>
       <c r="G972" t="s">
-        <v>1642</v>
+        <v>829</v>
       </c>
       <c r="H972">
         <v>1.0</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="B973" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="C973" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D973" t="s">
         <v>65</v>
       </c>
       <c r="E973">
         <v>1</v>
       </c>
       <c r="F973" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="G973" t="s">
-        <v>1644</v>
-[...1 lines deleted...]
-      <c r="H973"/>
+        <v>1645</v>
+      </c>
+      <c r="H973">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
-        <v>1639</v>
+        <v>1642</v>
       </c>
       <c r="B974" t="s">
-        <v>1640</v>
+        <v>1643</v>
       </c>
       <c r="C974" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D974" t="s">
         <v>65</v>
       </c>
       <c r="E974">
         <v>1</v>
       </c>
       <c r="F974" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="G974" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="H974"/>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
-        <v>1647</v>
+        <v>1642</v>
       </c>
       <c r="B975" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C975" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D975" t="s">
+        <v>65</v>
+      </c>
+      <c r="E975">
+        <v>1</v>
+      </c>
+      <c r="F975" t="s">
         <v>1648</v>
       </c>
-      <c r="C975" t="s">
-[...8 lines deleted...]
-      <c r="F975" t="s">
+      <c r="G975" t="s">
         <v>1649</v>
-      </c>
-[...1 lines deleted...]
-        <v>1113</v>
       </c>
       <c r="H975"/>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="B976" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="C976" t="s">
         <v>518</v>
       </c>
       <c r="D976" t="s">
         <v>59</v>
       </c>
       <c r="E976">
         <v>1</v>
       </c>
       <c r="F976" t="s">
-        <v>1650</v>
+        <v>1652</v>
       </c>
       <c r="G976" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>1114</v>
+      </c>
+      <c r="H976"/>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="B977" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="C977" t="s">
         <v>518</v>
       </c>
       <c r="D977" t="s">
         <v>59</v>
       </c>
       <c r="E977">
         <v>1</v>
       </c>
       <c r="F977" t="s">
-        <v>1651</v>
+        <v>1653</v>
       </c>
       <c r="G977" t="s">
-        <v>430</v>
+        <v>428</v>
       </c>
       <c r="H977">
         <v>1.0</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
-        <v>1647</v>
+        <v>1650</v>
       </c>
       <c r="B978" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="C978" t="s">
         <v>518</v>
       </c>
       <c r="D978" t="s">
         <v>59</v>
       </c>
       <c r="E978">
         <v>1</v>
       </c>
       <c r="F978" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="G978" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H978">
         <v>1.0</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
-        <v>1653</v>
+        <v>1650</v>
       </c>
       <c r="B979" t="s">
-        <v>1654</v>
+        <v>1651</v>
       </c>
       <c r="C979" t="s">
-        <v>366</v>
+        <v>518</v>
       </c>
       <c r="D979" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E979">
         <v>1</v>
       </c>
       <c r="F979" t="s">
         <v>1655</v>
       </c>
       <c r="G979" t="s">
-        <v>1656</v>
-[...1 lines deleted...]
-      <c r="H979"/>
+        <v>428</v>
+      </c>
+      <c r="H979">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
+        <v>1656</v>
+      </c>
+      <c r="B980" t="s">
         <v>1657</v>
       </c>
-      <c r="B980" t="s">
+      <c r="C980" t="s">
+        <v>366</v>
+      </c>
+      <c r="D980" t="s">
+        <v>74</v>
+      </c>
+      <c r="E980">
+        <v>1</v>
+      </c>
+      <c r="F980" t="s">
         <v>1658</v>
       </c>
-      <c r="C980" t="s">
-[...8 lines deleted...]
-      <c r="F980" t="s">
+      <c r="G980" t="s">
         <v>1659</v>
-      </c>
-[...1 lines deleted...]
-        <v>386</v>
       </c>
       <c r="H980"/>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B981" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C981" t="s">
         <v>36</v>
       </c>
       <c r="D981" t="s">
         <v>11</v>
       </c>
       <c r="E981">
         <v>1</v>
       </c>
       <c r="F981" t="s">
-        <v>1660</v>
+        <v>1662</v>
       </c>
       <c r="G981" t="s">
-        <v>1375</v>
-[...3 lines deleted...]
-      </c>
+        <v>386</v>
+      </c>
+      <c r="H981"/>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B982" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C982" t="s">
         <v>36</v>
       </c>
       <c r="D982" t="s">
         <v>11</v>
       </c>
       <c r="E982">
         <v>1</v>
       </c>
       <c r="F982" t="s">
-        <v>1661</v>
+        <v>1663</v>
       </c>
       <c r="G982" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H982"/>
+        <v>1376</v>
+      </c>
+      <c r="H982">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B983" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C983" t="s">
         <v>36</v>
       </c>
       <c r="D983" t="s">
         <v>11</v>
       </c>
       <c r="E983">
         <v>1</v>
       </c>
       <c r="F983" t="s">
-        <v>1662</v>
+        <v>1664</v>
       </c>
       <c r="G983" t="s">
-        <v>1113</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="H983"/>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B984" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C984" t="s">
         <v>36</v>
       </c>
       <c r="D984" t="s">
         <v>11</v>
       </c>
       <c r="E984">
         <v>1</v>
       </c>
       <c r="F984" t="s">
-        <v>1663</v>
+        <v>1665</v>
       </c>
       <c r="G984" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H984"/>
+        <v>1114</v>
+      </c>
+      <c r="H984">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B985" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C985" t="s">
         <v>36</v>
       </c>
       <c r="D985" t="s">
         <v>11</v>
       </c>
       <c r="E985">
         <v>1</v>
       </c>
       <c r="F985" t="s">
-        <v>1664</v>
+        <v>1666</v>
       </c>
       <c r="G985" t="s">
-        <v>237</v>
+        <v>67</v>
       </c>
       <c r="H985"/>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="B986" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="C986" t="s">
         <v>36</v>
       </c>
       <c r="D986" t="s">
         <v>11</v>
       </c>
       <c r="E986">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F986" t="s">
-        <v>1664</v>
+        <v>1667</v>
       </c>
       <c r="G986" t="s">
         <v>237</v>
       </c>
       <c r="H986"/>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
-        <v>1665</v>
+        <v>1660</v>
       </c>
       <c r="B987" t="s">
-        <v>1666</v>
+        <v>1661</v>
       </c>
       <c r="C987" t="s">
-        <v>423</v>
+        <v>36</v>
       </c>
       <c r="D987" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E987">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F987" t="s">
         <v>1667</v>
       </c>
       <c r="G987" t="s">
-        <v>282</v>
+        <v>237</v>
       </c>
       <c r="H987"/>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="B988" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="C988" t="s">
         <v>423</v>
       </c>
       <c r="D988" t="s">
         <v>44</v>
       </c>
       <c r="E988">
         <v>1</v>
       </c>
       <c r="F988" t="s">
-        <v>1668</v>
+        <v>1670</v>
       </c>
       <c r="G988" t="s">
-        <v>1669</v>
+        <v>282</v>
       </c>
       <c r="H988"/>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
-        <v>1665</v>
+        <v>1668</v>
       </c>
       <c r="B989" t="s">
-        <v>1666</v>
+        <v>1669</v>
       </c>
       <c r="C989" t="s">
         <v>423</v>
       </c>
       <c r="D989" t="s">
         <v>44</v>
       </c>
       <c r="E989">
         <v>1</v>
       </c>
       <c r="F989" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="G989" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="H989"/>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
-        <v>1672</v>
+        <v>1668</v>
       </c>
       <c r="B990" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C990" t="s">
+        <v>423</v>
+      </c>
+      <c r="D990" t="s">
+        <v>44</v>
+      </c>
+      <c r="E990">
+        <v>1</v>
+      </c>
+      <c r="F990" t="s">
         <v>1673</v>
       </c>
-      <c r="C990" t="s">
-[...8 lines deleted...]
-      <c r="F990" t="s">
+      <c r="G990" t="s">
         <v>1674</v>
-      </c>
-[...1 lines deleted...]
-        <v>548</v>
       </c>
       <c r="H990"/>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
-        <v>1672</v>
+        <v>1675</v>
       </c>
       <c r="B991" t="s">
-        <v>1673</v>
+        <v>1676</v>
       </c>
       <c r="C991" t="s">
         <v>412</v>
       </c>
       <c r="D991" t="s">
         <v>74</v>
       </c>
       <c r="E991">
         <v>1</v>
       </c>
       <c r="F991" t="s">
-        <v>1675</v>
+        <v>1677</v>
       </c>
       <c r="G991" t="s">
-        <v>1676</v>
+        <v>548</v>
       </c>
       <c r="H991"/>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
-        <v>1677</v>
+        <v>1675</v>
       </c>
       <c r="B992" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C992" t="s">
+        <v>412</v>
+      </c>
+      <c r="D992" t="s">
+        <v>74</v>
+      </c>
+      <c r="E992">
+        <v>1</v>
+      </c>
+      <c r="F992" t="s">
         <v>1678</v>
       </c>
-      <c r="C992" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G992" t="s">
-        <v>173</v>
+        <v>1679</v>
       </c>
       <c r="H992"/>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="B993" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="C993" t="s">
-        <v>256</v>
+        <v>53</v>
       </c>
       <c r="D993" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E993">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F993" t="s">
-        <v>259</v>
+        <v>180</v>
       </c>
       <c r="G993" t="s">
-        <v>258</v>
+        <v>173</v>
       </c>
       <c r="H993"/>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
-        <v>1679</v>
+        <v>1682</v>
       </c>
       <c r="B994" t="s">
-        <v>1680</v>
+        <v>1683</v>
       </c>
       <c r="C994" t="s">
         <v>256</v>
       </c>
       <c r="D994" t="s">
         <v>59</v>
       </c>
       <c r="E994">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F994" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="G994" t="s">
         <v>258</v>
       </c>
       <c r="H994"/>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="B995" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C995" t="s">
-        <v>73</v>
+        <v>256</v>
       </c>
       <c r="D995" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E995">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F995" t="s">
-        <v>1683</v>
+        <v>257</v>
       </c>
       <c r="G995" t="s">
-        <v>595</v>
+        <v>258</v>
       </c>
       <c r="H995"/>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="B996" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="C996" t="s">
         <v>73</v>
       </c>
       <c r="D996" t="s">
         <v>74</v>
       </c>
       <c r="E996">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F996" t="s">
-        <v>521</v>
+        <v>1686</v>
       </c>
       <c r="G996" t="s">
-        <v>522</v>
+        <v>595</v>
       </c>
       <c r="H996"/>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="B997" t="s">
-        <v>1682</v>
+        <v>1685</v>
       </c>
       <c r="C997" t="s">
         <v>73</v>
       </c>
       <c r="D997" t="s">
         <v>74</v>
       </c>
       <c r="E997">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F997" t="s">
-        <v>810</v>
+        <v>521</v>
       </c>
       <c r="G997" t="s">
-        <v>811</v>
+        <v>522</v>
       </c>
       <c r="H997"/>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
         <v>1684</v>
       </c>
       <c r="B998" t="s">
         <v>1685</v>
       </c>
       <c r="C998" t="s">
-        <v>165</v>
+        <v>73</v>
       </c>
       <c r="D998" t="s">
-        <v>166</v>
+        <v>74</v>
       </c>
       <c r="E998">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F998" t="s">
-        <v>1686</v>
+        <v>806</v>
       </c>
       <c r="G998" t="s">
-        <v>307</v>
-[...3 lines deleted...]
-      </c>
+        <v>807</v>
+      </c>
+      <c r="H998"/>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
         <v>1687</v>
       </c>
       <c r="B999" t="s">
         <v>1688</v>
       </c>
       <c r="C999" t="s">
-        <v>318</v>
+        <v>165</v>
       </c>
       <c r="D999" t="s">
-        <v>319</v>
+        <v>166</v>
       </c>
       <c r="E999">
         <v>1</v>
       </c>
       <c r="F999" t="s">
         <v>1689</v>
       </c>
       <c r="G999" t="s">
-        <v>1690</v>
+        <v>307</v>
       </c>
       <c r="H999">
         <v>1.0</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="B1000" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1000" t="s">
         <v>318</v>
       </c>
       <c r="D1000" t="s">
         <v>319</v>
       </c>
       <c r="E1000">
         <v>1</v>
       </c>
       <c r="F1000" t="s">
-        <v>1691</v>
+        <v>1692</v>
       </c>
       <c r="G1000" t="s">
-        <v>1692</v>
+        <v>1693</v>
       </c>
       <c r="H1000">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="B1001" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1001" t="s">
         <v>318</v>
       </c>
       <c r="D1001" t="s">
         <v>319</v>
       </c>
       <c r="E1001">
         <v>1</v>
       </c>
       <c r="F1001" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="G1001" t="s">
-        <v>428</v>
+        <v>1695</v>
       </c>
       <c r="H1001">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="B1002" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1002" t="s">
         <v>318</v>
       </c>
       <c r="D1002" t="s">
         <v>319</v>
       </c>
       <c r="E1002">
         <v>1</v>
       </c>
       <c r="F1002" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
       <c r="G1002" t="s">
-        <v>1690</v>
+        <v>428</v>
       </c>
       <c r="H1002">
         <v>1.0</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="B1003" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1003" t="s">
         <v>318</v>
       </c>
       <c r="D1003" t="s">
         <v>319</v>
       </c>
       <c r="E1003">
         <v>1</v>
       </c>
       <c r="F1003" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="G1003" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="H1003"/>
+        <v>1693</v>
+      </c>
+      <c r="H1003">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
-        <v>1687</v>
+        <v>1690</v>
       </c>
       <c r="B1004" t="s">
-        <v>1688</v>
+        <v>1691</v>
       </c>
       <c r="C1004" t="s">
         <v>318</v>
       </c>
       <c r="D1004" t="s">
         <v>319</v>
       </c>
       <c r="E1004">
         <v>1</v>
       </c>
       <c r="F1004" t="s">
-        <v>1696</v>
+        <v>1698</v>
       </c>
       <c r="G1004" t="s">
-        <v>1697</v>
+        <v>903</v>
       </c>
       <c r="H1004"/>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
-        <v>1698</v>
+        <v>1690</v>
       </c>
       <c r="B1005" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C1005" t="s">
+        <v>318</v>
+      </c>
+      <c r="D1005" t="s">
+        <v>319</v>
+      </c>
+      <c r="E1005">
+        <v>1</v>
+      </c>
+      <c r="F1005" t="s">
         <v>1699</v>
       </c>
-      <c r="C1005" t="s">
-[...8 lines deleted...]
-      <c r="F1005" t="s">
+      <c r="G1005" t="s">
         <v>1700</v>
       </c>
-      <c r="G1005" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H1005"/>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
         <v>1701</v>
       </c>
       <c r="B1006" t="s">
         <v>1702</v>
       </c>
       <c r="C1006" t="s">
-        <v>58</v>
+        <v>144</v>
       </c>
       <c r="D1006" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E1006">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1006" t="s">
-        <v>407</v>
+        <v>1703</v>
       </c>
       <c r="G1006" t="s">
-        <v>122</v>
+        <v>540</v>
       </c>
       <c r="H1006">
         <v>1.0</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B1007" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="C1007" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="D1007" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E1007">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1007" t="s">
-        <v>1705</v>
+        <v>407</v>
       </c>
       <c r="G1007" t="s">
-        <v>1706</v>
+        <v>122</v>
       </c>
       <c r="H1007">
         <v>1.0</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
+        <v>1706</v>
+      </c>
+      <c r="B1008" t="s">
         <v>1707</v>
       </c>
-      <c r="B1008" t="s">
+      <c r="C1008" t="s">
+        <v>242</v>
+      </c>
+      <c r="D1008" t="s">
+        <v>65</v>
+      </c>
+      <c r="E1008">
+        <v>1</v>
+      </c>
+      <c r="F1008" t="s">
         <v>1708</v>
       </c>
-      <c r="C1008" t="s">
-[...8 lines deleted...]
-      <c r="F1008" t="s">
+      <c r="G1008" t="s">
         <v>1709</v>
-      </c>
-[...1 lines deleted...]
-        <v>1710</v>
       </c>
       <c r="H1008">
         <v>1.0</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="B1009" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="C1009" t="s">
         <v>58</v>
       </c>
       <c r="D1009" t="s">
         <v>59</v>
       </c>
       <c r="E1009">
         <v>1</v>
       </c>
       <c r="F1009" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="G1009" t="s">
-        <v>1258</v>
-[...1 lines deleted...]
-      <c r="H1009"/>
+        <v>1713</v>
+      </c>
+      <c r="H1009">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="B1010" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="C1010" t="s">
         <v>58</v>
       </c>
       <c r="D1010" t="s">
         <v>59</v>
       </c>
       <c r="E1010">
         <v>1</v>
       </c>
       <c r="F1010" t="s">
-        <v>1712</v>
+        <v>1714</v>
       </c>
       <c r="G1010" t="s">
-        <v>161</v>
+        <v>1259</v>
       </c>
       <c r="H1010"/>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="B1011" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="C1011" t="s">
         <v>58</v>
       </c>
       <c r="D1011" t="s">
         <v>59</v>
       </c>
       <c r="E1011">
         <v>1</v>
       </c>
       <c r="F1011" t="s">
-        <v>1713</v>
+        <v>1715</v>
       </c>
       <c r="G1011" t="s">
-        <v>38</v>
+        <v>161</v>
       </c>
       <c r="H1011"/>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="B1012" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="C1012" t="s">
         <v>58</v>
       </c>
       <c r="D1012" t="s">
         <v>59</v>
       </c>
       <c r="E1012">
         <v>1</v>
       </c>
       <c r="F1012" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="G1012" t="s">
-        <v>1715</v>
+        <v>38</v>
       </c>
       <c r="H1012"/>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
-        <v>1716</v>
+        <v>1710</v>
       </c>
       <c r="B1013" t="s">
+        <v>1711</v>
+      </c>
+      <c r="C1013" t="s">
+        <v>58</v>
+      </c>
+      <c r="D1013" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1013">
+        <v>1</v>
+      </c>
+      <c r="F1013" t="s">
         <v>1717</v>
       </c>
-      <c r="C1013" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1013" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>1718</v>
+      </c>
+      <c r="H1013"/>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="B1014" t="s">
-        <v>1717</v>
+        <v>1720</v>
       </c>
       <c r="C1014" t="s">
         <v>36</v>
       </c>
       <c r="D1014" t="s">
         <v>11</v>
       </c>
       <c r="E1014">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1014" t="s">
-        <v>1718</v>
+        <v>748</v>
       </c>
       <c r="G1014" t="s">
-        <v>1430</v>
+        <v>749</v>
       </c>
       <c r="H1014">
-        <v>7.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
         <v>1719</v>
       </c>
       <c r="B1015" t="s">
         <v>1720</v>
       </c>
       <c r="C1015" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="D1015" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E1015">
         <v>1</v>
       </c>
       <c r="F1015" t="s">
-        <v>45</v>
+        <v>1721</v>
       </c>
       <c r="G1015" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="H1015"/>
+        <v>1431</v>
+      </c>
+      <c r="H1015">
+        <v>7.0</v>
+      </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="B1016" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="C1016" t="s">
-        <v>165</v>
+        <v>43</v>
       </c>
       <c r="D1016" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E1016">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1016" t="s">
-        <v>752</v>
+        <v>45</v>
       </c>
       <c r="G1016" t="s">
-        <v>753</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="H1016"/>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B1017" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="C1017" t="s">
         <v>165</v>
       </c>
       <c r="D1017" t="s">
         <v>166</v>
       </c>
       <c r="E1017">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F1017" t="s">
-        <v>947</v>
+        <v>748</v>
       </c>
       <c r="G1017" t="s">
-        <v>948</v>
+        <v>749</v>
       </c>
       <c r="H1017">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B1018" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="C1018" t="s">
         <v>165</v>
       </c>
       <c r="D1018" t="s">
         <v>166</v>
       </c>
       <c r="E1018">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F1018" t="s">
-        <v>1723</v>
+        <v>948</v>
       </c>
       <c r="G1018" t="s">
-        <v>1724</v>
-[...1 lines deleted...]
-      <c r="H1018"/>
+        <v>949</v>
+      </c>
+      <c r="H1018">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
-        <v>1721</v>
+        <v>1724</v>
       </c>
       <c r="B1019" t="s">
-        <v>1722</v>
+        <v>1725</v>
       </c>
       <c r="C1019" t="s">
         <v>165</v>
       </c>
       <c r="D1019" t="s">
         <v>166</v>
       </c>
       <c r="E1019">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1019" t="s">
-        <v>531</v>
+        <v>1726</v>
       </c>
       <c r="G1019" t="s">
-        <v>532</v>
+        <v>1727</v>
       </c>
       <c r="H1019"/>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B1020" t="s">
         <v>1725</v>
       </c>
-      <c r="B1020" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1020" t="s">
-        <v>412</v>
+        <v>165</v>
       </c>
       <c r="D1020" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E1020">
         <v>1</v>
       </c>
       <c r="F1020" t="s">
-        <v>1727</v>
+        <v>531</v>
       </c>
       <c r="G1020" t="s">
-        <v>1728</v>
+        <v>532</v>
       </c>
       <c r="H1020"/>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
+        <v>1728</v>
+      </c>
+      <c r="B1021" t="s">
         <v>1729</v>
       </c>
-      <c r="B1021" t="s">
+      <c r="C1021" t="s">
+        <v>412</v>
+      </c>
+      <c r="D1021" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1021">
+        <v>1</v>
+      </c>
+      <c r="F1021" t="s">
         <v>1730</v>
       </c>
-      <c r="C1021" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1021" t="s">
-        <v>1724</v>
+        <v>1731</v>
       </c>
       <c r="H1021"/>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1022" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1022" t="s">
         <v>165</v>
       </c>
       <c r="D1022" t="s">
         <v>166</v>
       </c>
       <c r="E1022">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1022" t="s">
-        <v>1248</v>
+        <v>1726</v>
       </c>
       <c r="G1022" t="s">
-        <v>1165</v>
+        <v>1727</v>
       </c>
       <c r="H1022"/>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1023" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1023" t="s">
         <v>165</v>
       </c>
       <c r="D1023" t="s">
         <v>166</v>
       </c>
       <c r="E1023">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F1023" t="s">
-        <v>1683</v>
+        <v>1249</v>
       </c>
       <c r="G1023" t="s">
-        <v>595</v>
+        <v>1166</v>
       </c>
       <c r="H1023"/>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1024" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1024" t="s">
         <v>165</v>
       </c>
       <c r="D1024" t="s">
         <v>166</v>
       </c>
       <c r="E1024">
         <v>2</v>
       </c>
       <c r="F1024" t="s">
-        <v>407</v>
+        <v>1686</v>
       </c>
       <c r="G1024" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H1024"/>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1025" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1025" t="s">
         <v>165</v>
       </c>
       <c r="D1025" t="s">
         <v>166</v>
       </c>
       <c r="E1025">
         <v>2</v>
       </c>
       <c r="F1025" t="s">
-        <v>1071</v>
+        <v>407</v>
       </c>
       <c r="G1025" t="s">
-        <v>833</v>
+        <v>122</v>
       </c>
       <c r="H1025">
         <v>1.0</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1026" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1026" t="s">
         <v>165</v>
       </c>
       <c r="D1026" t="s">
         <v>166</v>
       </c>
       <c r="E1026">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1026" t="s">
-        <v>1731</v>
+        <v>1072</v>
       </c>
       <c r="G1026" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="H1026"/>
+        <v>829</v>
+      </c>
+      <c r="H1026">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1027" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1027" t="s">
         <v>165</v>
       </c>
       <c r="D1027" t="s">
         <v>166</v>
       </c>
       <c r="E1027">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1027" t="s">
-        <v>1732</v>
+        <v>1734</v>
       </c>
       <c r="G1027" t="s">
-        <v>67</v>
+        <v>903</v>
       </c>
       <c r="H1027"/>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1028" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1028" t="s">
         <v>165</v>
       </c>
       <c r="D1028" t="s">
         <v>166</v>
       </c>
       <c r="E1028">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F1028" t="s">
-        <v>870</v>
+        <v>1735</v>
       </c>
       <c r="G1028" t="s">
-        <v>871</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="H1028"/>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
-        <v>1729</v>
+        <v>1732</v>
       </c>
       <c r="B1029" t="s">
-        <v>1730</v>
+        <v>1733</v>
       </c>
       <c r="C1029" t="s">
         <v>165</v>
       </c>
       <c r="D1029" t="s">
         <v>166</v>
       </c>
       <c r="E1029">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="F1029" t="s">
-        <v>222</v>
+        <v>871</v>
       </c>
       <c r="G1029" t="s">
-        <v>223</v>
+        <v>872</v>
       </c>
       <c r="H1029">
-        <v>9.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B1030" t="s">
         <v>1733</v>
       </c>
-      <c r="B1030" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1030" t="s">
-        <v>518</v>
+        <v>165</v>
       </c>
       <c r="D1030" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E1030">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1030" t="s">
-        <v>1735</v>
+        <v>222</v>
       </c>
       <c r="G1030" t="s">
-        <v>1736</v>
+        <v>223</v>
       </c>
       <c r="H1030">
-        <v>6.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
-        <v>1733</v>
+        <v>1736</v>
       </c>
       <c r="B1031" t="s">
-        <v>1734</v>
+        <v>1737</v>
       </c>
       <c r="C1031" t="s">
         <v>518</v>
       </c>
       <c r="D1031" t="s">
         <v>59</v>
       </c>
       <c r="E1031">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F1031" t="s">
-        <v>521</v>
+        <v>1738</v>
       </c>
       <c r="G1031" t="s">
-        <v>522</v>
-[...1 lines deleted...]
-      <c r="H1031"/>
+        <v>1739</v>
+      </c>
+      <c r="H1031">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
+        <v>1736</v>
+      </c>
+      <c r="B1032" t="s">
         <v>1737</v>
-      </c>
-[...1 lines deleted...]
-        <v>1738</v>
       </c>
       <c r="C1032" t="s">
         <v>518</v>
       </c>
       <c r="D1032" t="s">
         <v>59</v>
       </c>
       <c r="E1032">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F1032" t="s">
-        <v>1739</v>
+        <v>521</v>
       </c>
       <c r="G1032" t="s">
-        <v>1740</v>
-[...3 lines deleted...]
-      </c>
+        <v>522</v>
+      </c>
+      <c r="H1032"/>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
-        <v>1737</v>
+        <v>1740</v>
       </c>
       <c r="B1033" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="C1033" t="s">
         <v>518</v>
       </c>
       <c r="D1033" t="s">
         <v>59</v>
       </c>
       <c r="E1033">
         <v>1</v>
       </c>
       <c r="F1033" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="G1033" t="s">
-        <v>499</v>
+        <v>1743</v>
       </c>
       <c r="H1033">
         <v>1.0</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
-        <v>1742</v>
+        <v>1740</v>
       </c>
       <c r="B1034" t="s">
-        <v>1743</v>
+        <v>1741</v>
       </c>
       <c r="C1034" t="s">
-        <v>366</v>
+        <v>518</v>
       </c>
       <c r="D1034" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E1034">
         <v>1</v>
       </c>
       <c r="F1034" t="s">
         <v>1744</v>
       </c>
       <c r="G1034" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H1034"/>
+        <v>499</v>
+      </c>
+      <c r="H1034">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
         <v>1745</v>
       </c>
       <c r="B1035" t="s">
         <v>1746</v>
       </c>
       <c r="C1035" t="s">
-        <v>278</v>
+        <v>366</v>
       </c>
       <c r="D1035" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1035">
         <v>1</v>
       </c>
       <c r="F1035" t="s">
         <v>1747</v>
       </c>
       <c r="G1035" t="s">
-        <v>1395</v>
+        <v>38</v>
       </c>
       <c r="H1035"/>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
         <v>1748</v>
       </c>
       <c r="B1036" t="s">
         <v>1749</v>
       </c>
       <c r="C1036" t="s">
-        <v>366</v>
+        <v>278</v>
       </c>
       <c r="D1036" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="E1036">
         <v>1</v>
       </c>
       <c r="F1036" t="s">
-        <v>1260</v>
+        <v>1750</v>
       </c>
       <c r="G1036" t="s">
-        <v>25</v>
+        <v>1396</v>
       </c>
       <c r="H1036"/>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1037" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1037" t="s">
         <v>366</v>
       </c>
       <c r="D1037" t="s">
         <v>74</v>
       </c>
       <c r="E1037">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1037" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="G1037" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="H1037"/>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1038" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1038" t="s">
         <v>366</v>
       </c>
       <c r="D1038" t="s">
         <v>74</v>
       </c>
       <c r="E1038">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1038" t="s">
-        <v>1750</v>
+        <v>1260</v>
       </c>
       <c r="G1038" t="s">
-        <v>1751</v>
+        <v>903</v>
       </c>
       <c r="H1038"/>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1039" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1039" t="s">
         <v>366</v>
       </c>
       <c r="D1039" t="s">
         <v>74</v>
       </c>
       <c r="E1039">
         <v>1</v>
       </c>
       <c r="F1039" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="G1039" t="s">
-        <v>1361</v>
-[...3 lines deleted...]
-      </c>
+        <v>1754</v>
+      </c>
+      <c r="H1039"/>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1040" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1040" t="s">
         <v>366</v>
       </c>
       <c r="D1040" t="s">
         <v>74</v>
       </c>
       <c r="E1040">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1040" t="s">
-        <v>870</v>
+        <v>1755</v>
       </c>
       <c r="G1040" t="s">
-        <v>871</v>
+        <v>1362</v>
       </c>
       <c r="H1040">
         <v>1.0</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1041" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1041" t="s">
         <v>366</v>
       </c>
       <c r="D1041" t="s">
         <v>74</v>
       </c>
       <c r="E1041">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1041" t="s">
-        <v>1753</v>
+        <v>871</v>
       </c>
       <c r="G1041" t="s">
-        <v>499</v>
+        <v>872</v>
       </c>
       <c r="H1041">
         <v>1.0</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1042" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1042" t="s">
         <v>366</v>
       </c>
       <c r="D1042" t="s">
         <v>74</v>
       </c>
       <c r="E1042">
         <v>1</v>
       </c>
       <c r="F1042" t="s">
-        <v>1754</v>
+        <v>1756</v>
       </c>
       <c r="G1042" t="s">
-        <v>829</v>
+        <v>499</v>
       </c>
       <c r="H1042">
         <v>1.0</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1043" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1043" t="s">
         <v>366</v>
       </c>
       <c r="D1043" t="s">
         <v>74</v>
       </c>
       <c r="E1043">
         <v>1</v>
       </c>
       <c r="F1043" t="s">
-        <v>1292</v>
+        <v>1757</v>
       </c>
       <c r="G1043" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="H1043"/>
+        <v>825</v>
+      </c>
+      <c r="H1043">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="B1044" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="C1044" t="s">
         <v>366</v>
       </c>
       <c r="D1044" t="s">
         <v>74</v>
       </c>
       <c r="E1044">
         <v>1</v>
       </c>
       <c r="F1044" t="s">
-        <v>314</v>
+        <v>1293</v>
       </c>
       <c r="G1044" t="s">
-        <v>315</v>
+        <v>293</v>
       </c>
       <c r="H1044"/>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
-        <v>1755</v>
+        <v>1751</v>
       </c>
       <c r="B1045" t="s">
-        <v>1756</v>
+        <v>1752</v>
       </c>
       <c r="C1045" t="s">
-        <v>91</v>
+        <v>366</v>
       </c>
       <c r="D1045" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="E1045">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1045" t="s">
-        <v>149</v>
+        <v>314</v>
       </c>
       <c r="G1045" t="s">
-        <v>150</v>
+        <v>315</v>
       </c>
       <c r="H1045"/>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
-        <v>1757</v>
+        <v>1758</v>
       </c>
       <c r="B1046" t="s">
-        <v>1758</v>
+        <v>1759</v>
       </c>
       <c r="C1046" t="s">
-        <v>43</v>
+        <v>91</v>
       </c>
       <c r="D1046" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E1046">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F1046" t="s">
-        <v>489</v>
+        <v>149</v>
       </c>
       <c r="G1046" t="s">
-        <v>490</v>
+        <v>150</v>
       </c>
       <c r="H1046"/>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
-        <v>1759</v>
+        <v>1760</v>
       </c>
       <c r="B1047" t="s">
-        <v>1760</v>
+        <v>1761</v>
       </c>
       <c r="C1047" t="s">
-        <v>605</v>
+        <v>43</v>
       </c>
       <c r="D1047" t="s">
         <v>44</v>
       </c>
       <c r="E1047">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1047" t="s">
-        <v>1761</v>
+        <v>489</v>
       </c>
       <c r="G1047" t="s">
-        <v>1762</v>
-[...3 lines deleted...]
-      </c>
+        <v>490</v>
+      </c>
+      <c r="H1047"/>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
+        <v>1762</v>
+      </c>
+      <c r="B1048" t="s">
         <v>1763</v>
       </c>
-      <c r="B1048" t="s">
+      <c r="C1048" t="s">
+        <v>605</v>
+      </c>
+      <c r="D1048" t="s">
+        <v>44</v>
+      </c>
+      <c r="E1048">
+        <v>1</v>
+      </c>
+      <c r="F1048" t="s">
         <v>1764</v>
       </c>
-      <c r="C1048" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1048" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H1048"/>
+        <v>1765</v>
+      </c>
+      <c r="H1048">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
-        <v>1763</v>
+        <v>1766</v>
       </c>
       <c r="B1049" t="s">
-        <v>1764</v>
+        <v>1767</v>
       </c>
       <c r="C1049" t="s">
         <v>64</v>
       </c>
       <c r="D1049" t="s">
         <v>65</v>
       </c>
       <c r="E1049">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F1049" t="s">
         <v>890</v>
       </c>
       <c r="G1049" t="s">
-        <v>891</v>
+        <v>67</v>
       </c>
       <c r="H1049"/>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="B1050" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C1050" t="s">
-        <v>171</v>
+        <v>64</v>
       </c>
       <c r="D1050" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1050">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1050" t="s">
-        <v>1767</v>
+        <v>891</v>
       </c>
       <c r="G1050" t="s">
-        <v>548</v>
+        <v>892</v>
       </c>
       <c r="H1050"/>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="B1051" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="C1051" t="s">
         <v>171</v>
       </c>
       <c r="D1051" t="s">
         <v>166</v>
       </c>
       <c r="E1051">
         <v>1</v>
       </c>
       <c r="F1051" t="s">
-        <v>1768</v>
+        <v>1770</v>
       </c>
       <c r="G1051" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>548</v>
+      </c>
+      <c r="H1051"/>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
-        <v>1765</v>
+        <v>1768</v>
       </c>
       <c r="B1052" t="s">
-        <v>1766</v>
+        <v>1769</v>
       </c>
       <c r="C1052" t="s">
         <v>171</v>
       </c>
       <c r="D1052" t="s">
         <v>166</v>
       </c>
       <c r="E1052">
         <v>1</v>
       </c>
       <c r="F1052" t="s">
-        <v>1769</v>
+        <v>1771</v>
       </c>
       <c r="G1052" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H1052"/>
+        <v>339</v>
+      </c>
+      <c r="H1052">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
-        <v>1770</v>
+        <v>1768</v>
       </c>
       <c r="B1053" t="s">
-        <v>1771</v>
+        <v>1769</v>
       </c>
       <c r="C1053" t="s">
-        <v>310</v>
+        <v>171</v>
       </c>
       <c r="D1053" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E1053">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1053" t="s">
-        <v>311</v>
+        <v>1772</v>
       </c>
       <c r="G1053" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="H1053"/>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="B1054" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="C1054" t="s">
         <v>310</v>
       </c>
       <c r="D1054" t="s">
         <v>74</v>
       </c>
       <c r="E1054">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1054" t="s">
-        <v>1772</v>
+        <v>311</v>
       </c>
       <c r="G1054" t="s">
-        <v>1773</v>
+        <v>191</v>
       </c>
       <c r="H1054"/>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
+        <v>1773</v>
+      </c>
+      <c r="B1055" t="s">
         <v>1774</v>
-      </c>
-[...1 lines deleted...]
-        <v>1775</v>
       </c>
       <c r="C1055" t="s">
         <v>310</v>
       </c>
       <c r="D1055" t="s">
         <v>74</v>
       </c>
       <c r="E1055">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F1055" t="s">
-        <v>335</v>
+        <v>1775</v>
       </c>
       <c r="G1055" t="s">
-        <v>336</v>
-[...3 lines deleted...]
-      </c>
+        <v>1776</v>
+      </c>
+      <c r="H1055"/>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="B1056" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="C1056" t="s">
-        <v>242</v>
+        <v>310</v>
       </c>
       <c r="D1056" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1056">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1056" t="s">
-        <v>1778</v>
+        <v>335</v>
       </c>
       <c r="G1056" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="H1056"/>
+        <v>336</v>
+      </c>
+      <c r="H1056">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
         <v>1779</v>
       </c>
       <c r="B1057" t="s">
         <v>1780</v>
       </c>
       <c r="C1057" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="D1057" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E1057">
         <v>1</v>
       </c>
       <c r="F1057" t="s">
         <v>1781</v>
       </c>
       <c r="G1057" t="s">
-        <v>978</v>
+        <v>1718</v>
       </c>
       <c r="H1057"/>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="B1058" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="C1058" t="s">
         <v>10</v>
       </c>
       <c r="D1058" t="s">
         <v>11</v>
       </c>
       <c r="E1058">
         <v>1</v>
       </c>
       <c r="F1058" t="s">
-        <v>1782</v>
+        <v>1784</v>
       </c>
       <c r="G1058" t="s">
-        <v>1783</v>
-[...3 lines deleted...]
-      </c>
+        <v>979</v>
+      </c>
+      <c r="H1058"/>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
-        <v>1779</v>
+        <v>1782</v>
       </c>
       <c r="B1059" t="s">
-        <v>1780</v>
+        <v>1783</v>
       </c>
       <c r="C1059" t="s">
         <v>10</v>
       </c>
       <c r="D1059" t="s">
         <v>11</v>
       </c>
       <c r="E1059">
         <v>1</v>
       </c>
       <c r="F1059" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="G1059" t="s">
-        <v>1785</v>
-[...1 lines deleted...]
-      <c r="H1059"/>
+        <v>1786</v>
+      </c>
+      <c r="H1059">
+        <v>9.0</v>
+      </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
-        <v>1786</v>
+        <v>1782</v>
       </c>
       <c r="B1060" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C1060" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1060" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1060">
+        <v>1</v>
+      </c>
+      <c r="F1060" t="s">
         <v>1787</v>
       </c>
-      <c r="C1060" t="s">
-[...8 lines deleted...]
-      <c r="F1060" t="s">
+      <c r="G1060" t="s">
         <v>1788</v>
-      </c>
-[...1 lines deleted...]
-        <v>768</v>
       </c>
       <c r="H1060"/>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
         <v>1789</v>
       </c>
       <c r="B1061" t="s">
         <v>1790</v>
       </c>
       <c r="C1061" t="s">
-        <v>361</v>
+        <v>627</v>
       </c>
       <c r="D1061" t="s">
-        <v>166</v>
+        <v>319</v>
       </c>
       <c r="E1061">
         <v>1</v>
       </c>
       <c r="F1061" t="s">
         <v>1791</v>
       </c>
       <c r="G1061" t="s">
-        <v>1792</v>
+        <v>764</v>
       </c>
       <c r="H1061"/>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="B1062" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C1062" t="s">
         <v>361</v>
       </c>
       <c r="D1062" t="s">
         <v>166</v>
       </c>
       <c r="E1062">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1062" t="s">
-        <v>312</v>
+        <v>1794</v>
       </c>
       <c r="G1062" t="s">
-        <v>313</v>
+        <v>1795</v>
       </c>
       <c r="H1062"/>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="B1063" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C1063" t="s">
         <v>361</v>
       </c>
       <c r="D1063" t="s">
         <v>166</v>
       </c>
       <c r="E1063">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F1063" t="s">
-        <v>1126</v>
+        <v>312</v>
       </c>
       <c r="G1063" t="s">
-        <v>1127</v>
+        <v>313</v>
       </c>
       <c r="H1063"/>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="B1064" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C1064" t="s">
         <v>361</v>
       </c>
       <c r="D1064" t="s">
         <v>166</v>
       </c>
       <c r="E1064">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1064" t="s">
-        <v>1793</v>
+        <v>1127</v>
       </c>
       <c r="G1064" t="s">
-        <v>1794</v>
+        <v>1128</v>
       </c>
       <c r="H1064"/>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="B1065" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C1065" t="s">
         <v>361</v>
       </c>
       <c r="D1065" t="s">
         <v>166</v>
       </c>
       <c r="E1065">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1065" t="s">
-        <v>333</v>
+        <v>1796</v>
       </c>
       <c r="G1065" t="s">
-        <v>334</v>
+        <v>1797</v>
       </c>
       <c r="H1065"/>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
-        <v>1789</v>
+        <v>1792</v>
       </c>
       <c r="B1066" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="C1066" t="s">
         <v>361</v>
       </c>
       <c r="D1066" t="s">
         <v>166</v>
       </c>
       <c r="E1066">
         <v>4</v>
       </c>
       <c r="F1066" t="s">
-        <v>801</v>
+        <v>333</v>
       </c>
       <c r="G1066" t="s">
-        <v>802</v>
-[...3 lines deleted...]
-      </c>
+        <v>334</v>
+      </c>
+      <c r="H1066"/>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
-        <v>1795</v>
+        <v>1792</v>
       </c>
       <c r="B1067" t="s">
-        <v>1796</v>
+        <v>1793</v>
       </c>
       <c r="C1067" t="s">
-        <v>1052</v>
+        <v>361</v>
       </c>
       <c r="D1067" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="E1067">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1067" t="s">
-        <v>1797</v>
+        <v>797</v>
       </c>
       <c r="G1067" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H1067"/>
+        <v>798</v>
+      </c>
+      <c r="H1067">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B1068" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C1068" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1068" t="s">
         <v>65</v>
       </c>
       <c r="E1068">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1068" t="s">
-        <v>1292</v>
+        <v>1800</v>
       </c>
       <c r="G1068" t="s">
-        <v>293</v>
+        <v>38</v>
       </c>
       <c r="H1068"/>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B1069" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C1069" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1069" t="s">
         <v>65</v>
       </c>
       <c r="E1069">
         <v>2</v>
       </c>
       <c r="F1069" t="s">
-        <v>12</v>
+        <v>1293</v>
       </c>
       <c r="G1069" t="s">
-        <v>13</v>
+        <v>293</v>
       </c>
       <c r="H1069"/>
     </row>
     <row r="1070" spans="1:8">
       <c r="A1070" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B1070" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C1070" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1070" t="s">
         <v>65</v>
       </c>
       <c r="E1070">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1070" t="s">
-        <v>1798</v>
+        <v>12</v>
       </c>
       <c r="G1070" t="s">
-        <v>327</v>
+        <v>13</v>
       </c>
       <c r="H1070"/>
     </row>
     <row r="1071" spans="1:8">
       <c r="A1071" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B1071" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C1071" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1071" t="s">
         <v>65</v>
       </c>
       <c r="E1071">
         <v>1</v>
       </c>
       <c r="F1071" t="s">
-        <v>1799</v>
+        <v>1801</v>
       </c>
       <c r="G1071" t="s">
-        <v>1800</v>
+        <v>327</v>
       </c>
       <c r="H1071"/>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B1072" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="C1072" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1072" t="s">
         <v>65</v>
       </c>
       <c r="E1072">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1072" t="s">
-        <v>314</v>
+        <v>1802</v>
       </c>
       <c r="G1072" t="s">
-        <v>315</v>
+        <v>1803</v>
       </c>
       <c r="H1072"/>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" t="s">
-        <v>1801</v>
+        <v>1798</v>
       </c>
       <c r="B1073" t="s">
-        <v>1802</v>
+        <v>1799</v>
       </c>
       <c r="C1073" t="s">
-        <v>412</v>
+        <v>1053</v>
       </c>
       <c r="D1073" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="E1073">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F1073" t="s">
-        <v>744</v>
+        <v>314</v>
       </c>
       <c r="G1073" t="s">
-        <v>745</v>
-[...3 lines deleted...]
-      </c>
+        <v>315</v>
+      </c>
+      <c r="H1073"/>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="B1074" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="C1074" t="s">
-        <v>91</v>
+        <v>412</v>
       </c>
       <c r="D1074" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="E1074">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F1074" t="s">
-        <v>149</v>
+        <v>740</v>
       </c>
       <c r="G1074" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="H1074"/>
+        <v>741</v>
+      </c>
+      <c r="H1074">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" t="s">
-        <v>1803</v>
+        <v>1806</v>
       </c>
       <c r="B1075" t="s">
-        <v>1804</v>
+        <v>1807</v>
       </c>
       <c r="C1075" t="s">
         <v>91</v>
       </c>
       <c r="D1075" t="s">
         <v>11</v>
       </c>
       <c r="E1075">
         <v>7</v>
       </c>
       <c r="F1075" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G1075" t="s">
         <v>150</v>
       </c>
       <c r="H1075"/>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="B1076" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="C1076" t="s">
-        <v>627</v>
+        <v>91</v>
       </c>
       <c r="D1076" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E1076">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1076" t="s">
-        <v>1807</v>
+        <v>151</v>
       </c>
       <c r="G1076" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>150</v>
+      </c>
+      <c r="H1076"/>
     </row>
     <row r="1077" spans="1:8">
       <c r="A1077" t="s">
         <v>1808</v>
       </c>
       <c r="B1077" t="s">
         <v>1809</v>
       </c>
       <c r="C1077" t="s">
-        <v>361</v>
+        <v>627</v>
       </c>
       <c r="D1077" t="s">
-        <v>166</v>
+        <v>319</v>
       </c>
       <c r="E1077">
         <v>1</v>
       </c>
       <c r="F1077" t="s">
         <v>1810</v>
       </c>
       <c r="G1077" t="s">
-        <v>402</v>
+        <v>428</v>
       </c>
       <c r="H1077">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1078" spans="1:8">
       <c r="A1078" t="s">
-        <v>1808</v>
+        <v>1811</v>
       </c>
       <c r="B1078" t="s">
-        <v>1809</v>
+        <v>1812</v>
       </c>
       <c r="C1078" t="s">
         <v>361</v>
       </c>
       <c r="D1078" t="s">
         <v>166</v>
       </c>
       <c r="E1078">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1078" t="s">
-        <v>222</v>
+        <v>1813</v>
       </c>
       <c r="G1078" t="s">
-        <v>223</v>
+        <v>402</v>
       </c>
       <c r="H1078">
-        <v>9.0</v>
+        <v>8.0</v>
       </c>
     </row>
     <row r="1079" spans="1:8">
       <c r="A1079" t="s">
         <v>1811</v>
       </c>
       <c r="B1079" t="s">
         <v>1812</v>
       </c>
       <c r="C1079" t="s">
-        <v>144</v>
+        <v>361</v>
       </c>
       <c r="D1079" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="E1079">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1079" t="s">
-        <v>1813</v>
+        <v>222</v>
       </c>
       <c r="G1079" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="H1079"/>
+        <v>223</v>
+      </c>
+      <c r="H1079">
+        <v>9.0</v>
+      </c>
     </row>
     <row r="1080" spans="1:8">
       <c r="A1080" t="s">
-        <v>1811</v>
+        <v>1814</v>
       </c>
       <c r="B1080" t="s">
-        <v>1812</v>
+        <v>1815</v>
       </c>
       <c r="C1080" t="s">
         <v>144</v>
       </c>
       <c r="D1080" t="s">
         <v>65</v>
       </c>
       <c r="E1080">
         <v>1</v>
       </c>
       <c r="F1080" t="s">
-        <v>1814</v>
+        <v>1816</v>
       </c>
       <c r="G1080" t="s">
         <v>38</v>
       </c>
       <c r="H1080"/>
     </row>
     <row r="1081" spans="1:8">
       <c r="A1081" t="s">
+        <v>1814</v>
+      </c>
+      <c r="B1081" t="s">
         <v>1815</v>
       </c>
-      <c r="B1081" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1081" t="s">
-        <v>589</v>
+        <v>144</v>
       </c>
       <c r="D1081" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E1081">
         <v>1</v>
       </c>
       <c r="F1081" t="s">
         <v>1817</v>
       </c>
       <c r="G1081" t="s">
-        <v>1818</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="H1081"/>
     </row>
     <row r="1082" spans="1:8">
       <c r="A1082" t="s">
-        <v>1815</v>
+        <v>1818</v>
       </c>
       <c r="B1082" t="s">
-        <v>1816</v>
+        <v>1819</v>
       </c>
       <c r="C1082" t="s">
         <v>589</v>
       </c>
       <c r="D1082" t="s">
         <v>59</v>
       </c>
       <c r="E1082">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1082" t="s">
-        <v>578</v>
+        <v>1820</v>
       </c>
       <c r="G1082" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H1082"/>
+        <v>1821</v>
+      </c>
+      <c r="H1082">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1083" spans="1:8">
       <c r="A1083" t="s">
+        <v>1818</v>
+      </c>
+      <c r="B1083" t="s">
         <v>1819</v>
       </c>
-      <c r="B1083" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1083" t="s">
-        <v>940</v>
+        <v>589</v>
       </c>
       <c r="D1083" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E1083">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1083" t="s">
-        <v>1821</v>
+        <v>578</v>
       </c>
       <c r="G1083" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>396</v>
+      </c>
+      <c r="H1083"/>
     </row>
     <row r="1084" spans="1:8">
       <c r="A1084" t="s">
-        <v>1819</v>
+        <v>1822</v>
       </c>
       <c r="B1084" t="s">
-        <v>1820</v>
+        <v>1823</v>
       </c>
       <c r="C1084" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D1084" t="s">
         <v>74</v>
       </c>
       <c r="E1084">
         <v>1</v>
       </c>
       <c r="F1084" t="s">
-        <v>1822</v>
+        <v>1824</v>
       </c>
       <c r="G1084" t="s">
-        <v>1223</v>
+        <v>428</v>
       </c>
       <c r="H1084">
         <v>1.0</v>
       </c>
     </row>
     <row r="1085" spans="1:8">
       <c r="A1085" t="s">
+        <v>1822</v>
+      </c>
+      <c r="B1085" t="s">
         <v>1823</v>
       </c>
-      <c r="B1085" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1085" t="s">
-        <v>589</v>
+        <v>941</v>
       </c>
       <c r="D1085" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="E1085">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1085" t="s">
-        <v>578</v>
+        <v>1825</v>
       </c>
       <c r="G1085" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="H1085"/>
+        <v>1224</v>
+      </c>
+      <c r="H1085">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1086" spans="1:8">
       <c r="A1086" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="B1086" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="C1086" t="s">
-        <v>58</v>
+        <v>589</v>
       </c>
       <c r="D1086" t="s">
         <v>59</v>
       </c>
       <c r="E1086">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1086" t="s">
-        <v>1827</v>
+        <v>578</v>
       </c>
       <c r="G1086" t="s">
-        <v>354</v>
+        <v>396</v>
       </c>
       <c r="H1086"/>
     </row>
     <row r="1087" spans="1:8">
       <c r="A1087" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B1087" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C1087" t="s">
         <v>58</v>
       </c>
       <c r="D1087" t="s">
         <v>59</v>
       </c>
       <c r="E1087">
         <v>1</v>
       </c>
       <c r="F1087" t="s">
-        <v>1828</v>
+        <v>1830</v>
       </c>
       <c r="G1087" t="s">
-        <v>1728</v>
+        <v>354</v>
       </c>
       <c r="H1087"/>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B1088" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C1088" t="s">
         <v>58</v>
       </c>
       <c r="D1088" t="s">
         <v>59</v>
       </c>
       <c r="E1088">
         <v>1</v>
       </c>
       <c r="F1088" t="s">
-        <v>1829</v>
+        <v>1831</v>
       </c>
       <c r="G1088" t="s">
-        <v>78</v>
+        <v>1731</v>
       </c>
       <c r="H1088"/>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089" t="s">
-        <v>1825</v>
+        <v>1828</v>
       </c>
       <c r="B1089" t="s">
-        <v>1826</v>
+        <v>1829</v>
       </c>
       <c r="C1089" t="s">
         <v>58</v>
       </c>
       <c r="D1089" t="s">
         <v>59</v>
       </c>
       <c r="E1089">
         <v>1</v>
       </c>
       <c r="F1089" t="s">
-        <v>1830</v>
+        <v>1832</v>
       </c>
       <c r="G1089" t="s">
-        <v>1831</v>
+        <v>78</v>
       </c>
       <c r="H1089"/>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090" t="s">
-        <v>1832</v>
+        <v>1828</v>
       </c>
       <c r="B1090" t="s">
+        <v>1829</v>
+      </c>
+      <c r="C1090" t="s">
+        <v>58</v>
+      </c>
+      <c r="D1090" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1090">
+        <v>1</v>
+      </c>
+      <c r="F1090" t="s">
         <v>1833</v>
       </c>
-      <c r="C1090" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1090" t="s">
-        <v>13</v>
+        <v>1834</v>
       </c>
       <c r="H1090"/>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="B1091" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C1091" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="D1091" t="s">
         <v>11</v>
       </c>
       <c r="E1091">
         <v>1</v>
       </c>
       <c r="F1091" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="G1091"/>
+        <v>12</v>
+      </c>
+      <c r="G1091" t="s">
+        <v>13</v>
+      </c>
       <c r="H1091"/>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B1092" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1092" t="s">
         <v>30</v>
       </c>
       <c r="D1092" t="s">
         <v>11</v>
       </c>
       <c r="E1092">
         <v>1</v>
       </c>
       <c r="F1092" t="s">
-        <v>822</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G1092"/>
       <c r="H1092"/>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B1093" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1093" t="s">
         <v>30</v>
       </c>
       <c r="D1093" t="s">
         <v>11</v>
       </c>
       <c r="E1093">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1093" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="G1093"/>
+        <v>818</v>
+      </c>
+      <c r="G1093" t="s">
+        <v>1647</v>
+      </c>
       <c r="H1093"/>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B1094" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1094" t="s">
         <v>30</v>
       </c>
       <c r="D1094" t="s">
         <v>11</v>
       </c>
       <c r="E1094">
         <v>3</v>
       </c>
       <c r="F1094" t="s">
         <v>446</v>
       </c>
       <c r="G1094"/>
       <c r="H1094"/>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B1095" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1095" t="s">
         <v>30</v>
       </c>
       <c r="D1095" t="s">
         <v>11</v>
       </c>
       <c r="E1095">
         <v>3</v>
       </c>
       <c r="F1095" t="s">
         <v>446</v>
       </c>
       <c r="G1095"/>
       <c r="H1095"/>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096" t="s">
-        <v>1834</v>
+        <v>1837</v>
       </c>
       <c r="B1096" t="s">
-        <v>1835</v>
+        <v>1838</v>
       </c>
       <c r="C1096" t="s">
         <v>30</v>
       </c>
       <c r="D1096" t="s">
         <v>11</v>
       </c>
       <c r="E1096">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1096" t="s">
-        <v>1836</v>
-[...3 lines deleted...]
-      </c>
+        <v>446</v>
+      </c>
+      <c r="G1096"/>
       <c r="H1096"/>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" t="s">
+        <v>1837</v>
+      </c>
+      <c r="B1097" t="s">
         <v>1838</v>
       </c>
-      <c r="B1097" t="s">
+      <c r="C1097" t="s">
+        <v>30</v>
+      </c>
+      <c r="D1097" t="s">
+        <v>11</v>
+      </c>
+      <c r="E1097">
+        <v>1</v>
+      </c>
+      <c r="F1097" t="s">
         <v>1839</v>
       </c>
-      <c r="C1097" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1097" t="s">
-        <v>853</v>
+        <v>1840</v>
       </c>
       <c r="H1097"/>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="B1098" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="C1098" t="s">
         <v>144</v>
       </c>
       <c r="D1098" t="s">
         <v>65</v>
       </c>
       <c r="E1098">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F1098" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G1098" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="H1098"/>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="B1099" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="C1099" t="s">
         <v>144</v>
       </c>
       <c r="D1099" t="s">
         <v>65</v>
       </c>
       <c r="E1099">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1099" t="s">
-        <v>1840</v>
+        <v>846</v>
       </c>
       <c r="G1099" t="s">
-        <v>98</v>
+        <v>847</v>
       </c>
       <c r="H1099"/>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
-        <v>1838</v>
+        <v>1841</v>
       </c>
       <c r="B1100" t="s">
-        <v>1839</v>
+        <v>1842</v>
       </c>
       <c r="C1100" t="s">
         <v>144</v>
       </c>
       <c r="D1100" t="s">
         <v>65</v>
       </c>
       <c r="E1100">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1100" t="s">
-        <v>748</v>
+        <v>1843</v>
       </c>
       <c r="G1100" t="s">
-        <v>749</v>
+        <v>98</v>
       </c>
       <c r="H1100"/>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
         <v>1841</v>
       </c>
       <c r="B1101" t="s">
         <v>1842</v>
       </c>
       <c r="C1101" t="s">
-        <v>101</v>
+        <v>144</v>
       </c>
       <c r="D1101" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E1101">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F1101" t="s">
-        <v>388</v>
+        <v>744</v>
       </c>
       <c r="G1101" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="H1101"/>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="B1102" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="C1102" t="s">
-        <v>53</v>
+        <v>101</v>
       </c>
       <c r="D1102" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
       <c r="E1102">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1102" t="s">
-        <v>1845</v>
+        <v>388</v>
       </c>
       <c r="G1102" t="s">
-        <v>1846</v>
+        <v>389</v>
       </c>
       <c r="H1102">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B1103" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C1103" t="s">
         <v>53</v>
       </c>
       <c r="D1103" t="s">
         <v>44</v>
       </c>
       <c r="E1103">
         <v>1</v>
       </c>
       <c r="F1103" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="G1103" t="s">
-        <v>261</v>
+        <v>1849</v>
       </c>
       <c r="H1103">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104" t="s">
-        <v>1843</v>
+        <v>1846</v>
       </c>
       <c r="B1104" t="s">
-        <v>1844</v>
+        <v>1847</v>
       </c>
       <c r="C1104" t="s">
         <v>53</v>
       </c>
       <c r="D1104" t="s">
         <v>44</v>
       </c>
       <c r="E1104">
         <v>1</v>
       </c>
       <c r="F1104" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="G1104" t="s">
-        <v>1849</v>
-[...1 lines deleted...]
-      <c r="H1104"/>
+        <v>261</v>
+      </c>
+      <c r="H1104">
+        <v>8.0</v>
+      </c>
     </row>
     <row r="1105" spans="1:8">
       <c r="A1105" t="s">
-        <v>1850</v>
+        <v>1846</v>
       </c>
       <c r="B1105" t="s">
+        <v>1847</v>
+      </c>
+      <c r="C1105" t="s">
+        <v>53</v>
+      </c>
+      <c r="D1105" t="s">
+        <v>44</v>
+      </c>
+      <c r="E1105">
+        <v>1</v>
+      </c>
+      <c r="F1105" t="s">
         <v>1851</v>
       </c>
-      <c r="C1105" t="s">
-[...8 lines deleted...]
-      <c r="F1105" t="s">
+      <c r="G1105" t="s">
         <v>1852</v>
-      </c>
-[...1 lines deleted...]
-        <v>1853</v>
       </c>
       <c r="H1105"/>
     </row>
     <row r="1106" spans="1:8">
       <c r="A1106" t="s">
+        <v>1853</v>
+      </c>
+      <c r="B1106" t="s">
         <v>1854</v>
       </c>
-      <c r="B1106" t="s">
+      <c r="C1106" t="s">
+        <v>934</v>
+      </c>
+      <c r="D1106" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1106">
+        <v>1</v>
+      </c>
+      <c r="F1106" t="s">
         <v>1855</v>
       </c>
-      <c r="C1106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1106" t="s">
-        <v>98</v>
+        <v>1856</v>
       </c>
       <c r="H1106"/>
     </row>
     <row r="1107" spans="1:8">
       <c r="A1107" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="B1107" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C1107" t="s">
         <v>144</v>
       </c>
       <c r="D1107" t="s">
         <v>65</v>
       </c>
       <c r="E1107">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F1107" t="s">
-        <v>155</v>
+        <v>1843</v>
       </c>
       <c r="G1107" t="s">
-        <v>156</v>
+        <v>98</v>
       </c>
       <c r="H1107"/>
     </row>
     <row r="1108" spans="1:8">
       <c r="A1108" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="B1108" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C1108" t="s">
         <v>144</v>
       </c>
       <c r="D1108" t="s">
         <v>65</v>
       </c>
       <c r="E1108">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1108" t="s">
-        <v>1856</v>
+        <v>155</v>
       </c>
       <c r="G1108" t="s">
-        <v>1857</v>
+        <v>156</v>
       </c>
       <c r="H1108"/>
     </row>
     <row r="1109" spans="1:8">
       <c r="A1109" t="s">
-        <v>1854</v>
+        <v>1857</v>
       </c>
       <c r="B1109" t="s">
-        <v>1855</v>
+        <v>1858</v>
       </c>
       <c r="C1109" t="s">
         <v>144</v>
       </c>
       <c r="D1109" t="s">
         <v>65</v>
       </c>
       <c r="E1109">
         <v>1</v>
       </c>
       <c r="F1109" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="G1109" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="H1109"/>
     </row>
     <row r="1110" spans="1:8">
       <c r="A1110" t="s">
-        <v>1860</v>
+        <v>1857</v>
       </c>
       <c r="B1110" t="s">
+        <v>1858</v>
+      </c>
+      <c r="C1110" t="s">
+        <v>144</v>
+      </c>
+      <c r="D1110" t="s">
+        <v>65</v>
+      </c>
+      <c r="E1110">
+        <v>1</v>
+      </c>
+      <c r="F1110" t="s">
         <v>1861</v>
       </c>
-      <c r="C1110" t="s">
-[...8 lines deleted...]
-      <c r="F1110" t="s">
+      <c r="G1110" t="s">
         <v>1862</v>
       </c>
-      <c r="G1110" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H1110"/>
     </row>
     <row r="1111" spans="1:8">
       <c r="A1111" t="s">
         <v>1863</v>
       </c>
       <c r="B1111" t="s">
         <v>1864</v>
       </c>
       <c r="C1111" t="s">
-        <v>137</v>
+        <v>53</v>
       </c>
       <c r="D1111" t="s">
         <v>44</v>
       </c>
       <c r="E1111">
         <v>1</v>
       </c>
       <c r="F1111" t="s">
         <v>1865</v>
       </c>
       <c r="G1111" t="s">
-        <v>1866</v>
+        <v>662</v>
       </c>
       <c r="H1111">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1112" spans="1:8">
       <c r="A1112" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="B1112" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="C1112" t="s">
         <v>137</v>
       </c>
       <c r="D1112" t="s">
         <v>44</v>
       </c>
       <c r="E1112">
         <v>1</v>
       </c>
       <c r="F1112" t="s">
-        <v>739</v>
+        <v>1868</v>
       </c>
       <c r="G1112" t="s">
-        <v>738</v>
-[...1 lines deleted...]
-      <c r="H1112"/>
+        <v>1869</v>
+      </c>
+      <c r="H1112">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="1113" spans="1:8">
       <c r="A1113" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="B1113" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="C1113" t="s">
         <v>137</v>
       </c>
       <c r="D1113" t="s">
         <v>44</v>
       </c>
       <c r="E1113">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1113" t="s">
-        <v>737</v>
+        <v>735</v>
       </c>
       <c r="G1113" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="H1113"/>
     </row>
     <row r="1114" spans="1:8">
       <c r="A1114" t="s">
-        <v>1863</v>
+        <v>1866</v>
       </c>
       <c r="B1114" t="s">
-        <v>1864</v>
+        <v>1867</v>
       </c>
       <c r="C1114" t="s">
         <v>137</v>
       </c>
       <c r="D1114" t="s">
         <v>44</v>
       </c>
       <c r="E1114">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1114" t="s">
-        <v>1028</v>
+        <v>733</v>
       </c>
       <c r="G1114" t="s">
-        <v>1029</v>
+        <v>734</v>
       </c>
       <c r="H1114"/>
     </row>
     <row r="1115" spans="1:8">
       <c r="A1115" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B1115" t="s">
         <v>1867</v>
       </c>
-      <c r="B1115" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1115" t="s">
-        <v>423</v>
+        <v>137</v>
       </c>
       <c r="D1115" t="s">
         <v>44</v>
       </c>
       <c r="E1115">
         <v>1</v>
       </c>
       <c r="F1115" t="s">
-        <v>1869</v>
+        <v>1029</v>
       </c>
       <c r="G1115" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>1030</v>
+      </c>
+      <c r="H1115"/>
     </row>
     <row r="1116" spans="1:8">
       <c r="A1116" t="s">
         <v>1870</v>
       </c>
       <c r="B1116" t="s">
         <v>1871</v>
       </c>
       <c r="C1116" t="s">
-        <v>589</v>
+        <v>423</v>
       </c>
       <c r="D1116" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E1116">
         <v>1</v>
       </c>
       <c r="F1116" t="s">
         <v>1872</v>
       </c>
       <c r="G1116" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="H1116"/>
+        <v>389</v>
+      </c>
+      <c r="H1116">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="1117" spans="1:8">
       <c r="A1117" t="s">
-        <v>1870</v>
+        <v>1873</v>
       </c>
       <c r="B1117" t="s">
-        <v>1871</v>
+        <v>1874</v>
       </c>
       <c r="C1117" t="s">
         <v>589</v>
       </c>
       <c r="D1117" t="s">
         <v>59</v>
       </c>
       <c r="E1117">
         <v>1</v>
       </c>
       <c r="F1117" t="s">
-        <v>578</v>
+        <v>1875</v>
       </c>
       <c r="G1117" t="s">
-        <v>396</v>
+        <v>198</v>
       </c>
       <c r="H1117"/>
     </row>
     <row r="1118" spans="1:8">
       <c r="A1118" t="s">
         <v>1873</v>
       </c>
       <c r="B1118" t="s">
         <v>1874</v>
       </c>
       <c r="C1118" t="s">
-        <v>256</v>
+        <v>589</v>
       </c>
       <c r="D1118" t="s">
         <v>59</v>
       </c>
       <c r="E1118">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1118" t="s">
-        <v>270</v>
+        <v>578</v>
       </c>
       <c r="G1118" t="s">
-        <v>86</v>
+        <v>396</v>
       </c>
       <c r="H1118"/>
     </row>
     <row r="1119" spans="1:8">
       <c r="A1119" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B1119" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C1119" t="s">
         <v>256</v>
       </c>
       <c r="D1119" t="s">
         <v>59</v>
       </c>
       <c r="E1119">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1119" t="s">
-        <v>1875</v>
+        <v>270</v>
       </c>
       <c r="G1119" t="s">
-        <v>1876</v>
+        <v>86</v>
       </c>
       <c r="H1119"/>
     </row>
     <row r="1120" spans="1:8">
       <c r="A1120" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B1120" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C1120" t="s">
         <v>256</v>
       </c>
       <c r="D1120" t="s">
         <v>59</v>
       </c>
       <c r="E1120">
         <v>1</v>
       </c>
       <c r="F1120" t="s">
-        <v>1877</v>
+        <v>1878</v>
       </c>
       <c r="G1120" t="s">
-        <v>1878</v>
-[...3 lines deleted...]
-      </c>
+        <v>1879</v>
+      </c>
+      <c r="H1120"/>
     </row>
     <row r="1121" spans="1:8">
       <c r="A1121" t="s">
-        <v>1873</v>
+        <v>1876</v>
       </c>
       <c r="B1121" t="s">
-        <v>1874</v>
+        <v>1877</v>
       </c>
       <c r="C1121" t="s">
         <v>256</v>
       </c>
       <c r="D1121" t="s">
         <v>59</v>
       </c>
       <c r="E1121">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1121" t="s">
-        <v>271</v>
+        <v>1880</v>
       </c>
       <c r="G1121" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="H1121"/>
+        <v>1881</v>
+      </c>
+      <c r="H1121">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1122" spans="1:8">
       <c r="A1122" t="s">
-        <v>1879</v>
+        <v>1876</v>
       </c>
       <c r="B1122" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
       <c r="C1122" t="s">
-        <v>940</v>
+        <v>256</v>
       </c>
       <c r="D1122" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E1122">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1122" t="s">
-        <v>1881</v>
+        <v>271</v>
       </c>
       <c r="G1122" t="s">
-        <v>261</v>
-[...3 lines deleted...]
-      </c>
+        <v>272</v>
+      </c>
+      <c r="H1122"/>
     </row>
     <row r="1123" spans="1:8">
       <c r="A1123" t="s">
-        <v>1879</v>
+        <v>1882</v>
       </c>
       <c r="B1123" t="s">
-        <v>1880</v>
+        <v>1883</v>
       </c>
       <c r="C1123" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="D1123" t="s">
         <v>74</v>
       </c>
       <c r="E1123">
         <v>1</v>
       </c>
       <c r="F1123" t="s">
-        <v>1882</v>
+        <v>1884</v>
       </c>
       <c r="G1123" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="H1123"/>
+        <v>261</v>
+      </c>
+      <c r="H1123">
+        <v>7.0</v>
+      </c>
     </row>
     <row r="1124" spans="1:8">
       <c r="A1124" t="s">
+        <v>1882</v>
+      </c>
+      <c r="B1124" t="s">
         <v>1883</v>
       </c>
-      <c r="B1124" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1124" t="s">
-        <v>165</v>
+        <v>941</v>
       </c>
       <c r="D1124" t="s">
-        <v>166</v>
+        <v>74</v>
       </c>
       <c r="E1124">
         <v>1</v>
       </c>
       <c r="F1124" t="s">
-        <v>598</v>
+        <v>1885</v>
       </c>
       <c r="G1124" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="H1124"/>
     </row>
     <row r="1125" spans="1:8">
       <c r="A1125" t="s">
-        <v>1883</v>
+        <v>1886</v>
       </c>
       <c r="B1125" t="s">
-        <v>1884</v>
+        <v>1887</v>
       </c>
       <c r="C1125" t="s">
         <v>165</v>
       </c>
       <c r="D1125" t="s">
         <v>166</v>
       </c>
       <c r="E1125">
         <v>1</v>
       </c>
       <c r="F1125" t="s">
-        <v>167</v>
+        <v>598</v>
       </c>
       <c r="G1125" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="H1125"/>
+        <v>389</v>
+      </c>
+      <c r="H1125">
+        <v>6.0</v>
+      </c>
     </row>
     <row r="1126" spans="1:8">
       <c r="A1126" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="B1126" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="C1126" t="s">
-        <v>366</v>
+        <v>165</v>
       </c>
       <c r="D1126" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E1126">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1126" t="s">
         <v>167</v>
       </c>
       <c r="G1126" t="s">
         <v>168</v>
       </c>
       <c r="H1126"/>
     </row>
     <row r="1127" spans="1:8">
       <c r="A1127" t="s">
-        <v>1885</v>
+        <v>1888</v>
       </c>
       <c r="B1127" t="s">
-        <v>1886</v>
+        <v>1889</v>
       </c>
       <c r="C1127" t="s">
         <v>366</v>
       </c>
       <c r="D1127" t="s">
         <v>74</v>
       </c>
       <c r="E1127">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1127" t="s">
-        <v>1887</v>
+        <v>167</v>
       </c>
       <c r="G1127" t="s">
-        <v>1049</v>
+        <v>168</v>
       </c>
       <c r="H1127"/>
     </row>
     <row r="1128" spans="1:8">
       <c r="A1128" t="s">
         <v>1888</v>
       </c>
       <c r="B1128" t="s">
         <v>1889</v>
       </c>
       <c r="C1128" t="s">
-        <v>518</v>
+        <v>366</v>
       </c>
       <c r="D1128" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="E1128">
         <v>1</v>
       </c>
       <c r="F1128" t="s">
         <v>1890</v>
       </c>
       <c r="G1128" t="s">
-        <v>107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1050</v>
+      </c>
+      <c r="H1128"/>
     </row>
     <row r="1129" spans="1:8">
       <c r="A1129" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B1129" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="C1129" t="s">
         <v>518</v>
       </c>
       <c r="D1129" t="s">
         <v>59</v>
       </c>
       <c r="E1129">
         <v>1</v>
       </c>
       <c r="F1129" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="G1129" t="s">
-        <v>1892</v>
-[...1 lines deleted...]
-      <c r="H1129"/>
+        <v>107</v>
+      </c>
+      <c r="H1129">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1130" spans="1:8">
       <c r="A1130" t="s">
-        <v>1888</v>
+        <v>1891</v>
       </c>
       <c r="B1130" t="s">
-        <v>1889</v>
+        <v>1892</v>
       </c>
       <c r="C1130" t="s">
         <v>518</v>
       </c>
       <c r="D1130" t="s">
         <v>59</v>
       </c>
       <c r="E1130">
         <v>1</v>
       </c>
       <c r="F1130" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="G1130" t="s">
-        <v>1894</v>
-[...3 lines deleted...]
-      </c>
+        <v>1895</v>
+      </c>
+      <c r="H1130"/>
     </row>
     <row r="1131" spans="1:8">
       <c r="A1131" t="s">
-        <v>1895</v>
+        <v>1891</v>
       </c>
       <c r="B1131" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C1131" t="s">
+        <v>518</v>
+      </c>
+      <c r="D1131" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1131">
+        <v>1</v>
+      </c>
+      <c r="F1131" t="s">
         <v>1896</v>
       </c>
-      <c r="C1131" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1131" t="s">
-        <v>749</v>
-[...1 lines deleted...]
-      <c r="H1131"/>
+        <v>1897</v>
+      </c>
+      <c r="H1131">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1132" spans="1:8">
       <c r="A1132" t="s">
-        <v>1895</v>
+        <v>1898</v>
       </c>
       <c r="B1132" t="s">
-        <v>1896</v>
+        <v>1899</v>
       </c>
       <c r="C1132" t="s">
         <v>144</v>
       </c>
       <c r="D1132" t="s">
         <v>65</v>
       </c>
       <c r="E1132">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F1132" t="s">
-        <v>145</v>
+        <v>744</v>
       </c>
       <c r="G1132" t="s">
-        <v>146</v>
+        <v>745</v>
       </c>
       <c r="H1132"/>
     </row>
     <row r="1133" spans="1:8">
       <c r="A1133" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="B1133" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C1133" t="s">
-        <v>518</v>
+        <v>144</v>
       </c>
       <c r="D1133" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E1133">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1133" t="s">
-        <v>1899</v>
+        <v>145</v>
       </c>
       <c r="G1133" t="s">
-        <v>1900</v>
+        <v>146</v>
       </c>
       <c r="H1133"/>
     </row>
     <row r="1134" spans="1:8">
       <c r="A1134" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B1134" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="C1134" t="s">
         <v>518</v>
       </c>
       <c r="D1134" t="s">
         <v>59</v>
       </c>
       <c r="E1134">
         <v>1</v>
       </c>
       <c r="F1134" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="G1134" t="s">
-        <v>597</v>
+        <v>1903</v>
       </c>
       <c r="H1134"/>
     </row>
     <row r="1135" spans="1:8">
       <c r="A1135" t="s">
-        <v>1897</v>
+        <v>1900</v>
       </c>
       <c r="B1135" t="s">
-        <v>1898</v>
+        <v>1901</v>
       </c>
       <c r="C1135" t="s">
         <v>518</v>
       </c>
       <c r="D1135" t="s">
         <v>59</v>
       </c>
       <c r="E1135">
         <v>1</v>
       </c>
       <c r="F1135" t="s">
-        <v>1902</v>
+        <v>1904</v>
       </c>
       <c r="G1135" t="s">
-        <v>1903</v>
-[...3 lines deleted...]
-      </c>
+        <v>597</v>
+      </c>
+      <c r="H1135"/>
     </row>
     <row r="1136" spans="1:8">
       <c r="A1136" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="B1136" t="s">
-        <v>1905</v>
+        <v>1901</v>
       </c>
       <c r="C1136" t="s">
-        <v>589</v>
+        <v>518</v>
       </c>
       <c r="D1136" t="s">
         <v>59</v>
       </c>
       <c r="E1136">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1136" t="s">
-        <v>112</v>
+        <v>1905</v>
       </c>
       <c r="G1136" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="H1136"/>
+        <v>1906</v>
+      </c>
+      <c r="H1136">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1137" spans="1:8">
       <c r="A1137" t="s">
-        <v>1904</v>
+        <v>1907</v>
       </c>
       <c r="B1137" t="s">
-        <v>1905</v>
+        <v>1908</v>
       </c>
       <c r="C1137" t="s">
         <v>589</v>
       </c>
       <c r="D1137" t="s">
         <v>59</v>
       </c>
       <c r="E1137">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1137" t="s">
-        <v>1906</v>
+        <v>112</v>
       </c>
       <c r="G1137" t="s">
-        <v>1907</v>
+        <v>113</v>
       </c>
       <c r="H1137"/>
     </row>
     <row r="1138" spans="1:8">
       <c r="A1138" t="s">
+        <v>1907</v>
+      </c>
+      <c r="B1138" t="s">
         <v>1908</v>
       </c>
-      <c r="B1138" t="s">
+      <c r="C1138" t="s">
+        <v>589</v>
+      </c>
+      <c r="D1138" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1138">
+        <v>1</v>
+      </c>
+      <c r="F1138" t="s">
         <v>1909</v>
       </c>
-      <c r="C1138" t="s">
-[...8 lines deleted...]
-      <c r="F1138" t="s">
+      <c r="G1138" t="s">
         <v>1910</v>
       </c>
-      <c r="G1138" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H1138"/>
     </row>
     <row r="1139" spans="1:8">
       <c r="A1139" t="s">
         <v>1911</v>
       </c>
       <c r="B1139" t="s">
         <v>1912</v>
       </c>
       <c r="C1139" t="s">
-        <v>165</v>
+        <v>412</v>
       </c>
       <c r="D1139" t="s">
-        <v>166</v>
+        <v>74</v>
       </c>
       <c r="E1139">
         <v>1</v>
       </c>
       <c r="F1139" t="s">
         <v>1913</v>
       </c>
       <c r="G1139" t="s">
-        <v>1914</v>
+        <v>749</v>
       </c>
       <c r="H1139">
-        <v>7.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="1140" spans="1:8">
       <c r="A1140" t="s">
+        <v>1914</v>
+      </c>
+      <c r="B1140" t="s">
         <v>1915</v>
       </c>
-      <c r="B1140" t="s">
+      <c r="C1140" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1140" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1140">
+        <v>1</v>
+      </c>
+      <c r="F1140" t="s">
         <v>1916</v>
       </c>
-      <c r="C1140" t="s">
-[...12 lines deleted...]
-      <c r="H1140"/>
+      <c r="G1140" t="s">
+        <v>1917</v>
+      </c>
+      <c r="H1140">
+        <v>7.0</v>
+      </c>
     </row>
     <row r="1141" spans="1:8">
       <c r="A1141" t="s">
-        <v>1915</v>
+        <v>1918</v>
       </c>
       <c r="B1141" t="s">
-        <v>1916</v>
+        <v>1919</v>
       </c>
       <c r="C1141" t="s">
         <v>30</v>
       </c>
       <c r="D1141" t="s">
         <v>11</v>
       </c>
       <c r="E1141">
         <v>1</v>
       </c>
       <c r="F1141" t="s">
         <v>32</v>
       </c>
       <c r="G1141"/>
       <c r="H1141"/>
     </row>
     <row r="1142" spans="1:8">
       <c r="A1142" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="B1142" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="C1142" t="s">
-        <v>610</v>
+        <v>30</v>
       </c>
       <c r="D1142" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E1142">
         <v>1</v>
       </c>
       <c r="F1142" t="s">
-        <v>1919</v>
-[...3 lines deleted...]
-      </c>
+        <v>32</v>
+      </c>
+      <c r="G1142"/>
       <c r="H1142"/>
     </row>
     <row r="1143" spans="1:8">
       <c r="A1143" t="s">
         <v>1920</v>
       </c>
       <c r="B1143" t="s">
         <v>1921</v>
       </c>
       <c r="C1143" t="s">
-        <v>287</v>
+        <v>610</v>
       </c>
       <c r="D1143" t="s">
-        <v>59</v>
+        <v>74</v>
       </c>
       <c r="E1143">
         <v>1</v>
       </c>
       <c r="F1143" t="s">
         <v>1922</v>
       </c>
       <c r="G1143" t="s">
-        <v>595</v>
+        <v>811</v>
       </c>
       <c r="H1143"/>
     </row>
     <row r="1144" spans="1:8">
       <c r="A1144" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1144" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1144" t="s">
         <v>287</v>
       </c>
       <c r="D1144" t="s">
         <v>59</v>
       </c>
       <c r="E1144">
         <v>1</v>
       </c>
       <c r="F1144" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="G1144" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H1144"/>
     </row>
     <row r="1145" spans="1:8">
       <c r="A1145" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1145" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1145" t="s">
         <v>287</v>
       </c>
       <c r="D1145" t="s">
         <v>59</v>
       </c>
       <c r="E1145">
         <v>1</v>
       </c>
       <c r="F1145" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="G1145" t="s">
         <v>499</v>
       </c>
       <c r="H1145">
         <v>1.0</v>
       </c>
     </row>
     <row r="1146" spans="1:8">
       <c r="A1146" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1146" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1146" t="s">
         <v>287</v>
       </c>
       <c r="D1146" t="s">
         <v>59</v>
       </c>
       <c r="E1146">
         <v>1</v>
       </c>
       <c r="F1146" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="G1146" t="s">
         <v>499</v>
       </c>
       <c r="H1146">
         <v>1.0</v>
       </c>
     </row>
     <row r="1147" spans="1:8">
       <c r="A1147" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1147" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1147" t="s">
         <v>287</v>
       </c>
       <c r="D1147" t="s">
         <v>59</v>
       </c>
       <c r="E1147">
         <v>1</v>
       </c>
       <c r="F1147" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="G1147" t="s">
-        <v>1927</v>
+        <v>499</v>
       </c>
       <c r="H1147">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1148" spans="1:8">
       <c r="A1148" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1148" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1148" t="s">
         <v>287</v>
       </c>
       <c r="D1148" t="s">
         <v>59</v>
       </c>
       <c r="E1148">
         <v>1</v>
       </c>
       <c r="F1148" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="G1148" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="H1148">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="1149" spans="1:8">
       <c r="A1149" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1149" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1149" t="s">
         <v>287</v>
       </c>
       <c r="D1149" t="s">
         <v>59</v>
       </c>
       <c r="E1149">
         <v>1</v>
       </c>
       <c r="F1149" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="G1149" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="H1149"/>
+        <v>1932</v>
+      </c>
+      <c r="H1149">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1150" spans="1:8">
       <c r="A1150" t="s">
-        <v>1920</v>
+        <v>1923</v>
       </c>
       <c r="B1150" t="s">
-        <v>1921</v>
+        <v>1924</v>
       </c>
       <c r="C1150" t="s">
         <v>287</v>
       </c>
       <c r="D1150" t="s">
         <v>59</v>
       </c>
       <c r="E1150">
         <v>1</v>
       </c>
       <c r="F1150" t="s">
-        <v>1931</v>
+        <v>1933</v>
       </c>
       <c r="G1150" t="s">
-        <v>1932</v>
+        <v>380</v>
       </c>
       <c r="H1150"/>
     </row>
     <row r="1151" spans="1:8">
       <c r="A1151" t="s">
-        <v>1933</v>
+        <v>1923</v>
       </c>
       <c r="B1151" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C1151" t="s">
+        <v>287</v>
+      </c>
+      <c r="D1151" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1151">
+        <v>1</v>
+      </c>
+      <c r="F1151" t="s">
         <v>1934</v>
       </c>
-      <c r="C1151" t="s">
-[...8 lines deleted...]
-      <c r="F1151" t="s">
+      <c r="G1151" t="s">
         <v>1935</v>
-      </c>
-[...1 lines deleted...]
-        <v>1936</v>
       </c>
       <c r="H1151"/>
     </row>
     <row r="1152" spans="1:8">
       <c r="A1152" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="B1152" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="C1152" t="s">
         <v>137</v>
       </c>
       <c r="D1152" t="s">
         <v>44</v>
       </c>
       <c r="E1152">
         <v>1</v>
       </c>
       <c r="F1152" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="G1152" t="s">
-        <v>48</v>
+        <v>1939</v>
       </c>
       <c r="H1152"/>
     </row>
     <row r="1153" spans="1:8">
       <c r="A1153" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="B1153" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="C1153" t="s">
         <v>137</v>
       </c>
       <c r="D1153" t="s">
         <v>44</v>
       </c>
       <c r="E1153">
         <v>1</v>
       </c>
       <c r="F1153" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="G1153" t="s">
         <v>48</v>
       </c>
       <c r="H1153"/>
     </row>
     <row r="1154" spans="1:8">
       <c r="A1154" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="B1154" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
       <c r="C1154" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="D1154" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E1154">
         <v>1</v>
       </c>
       <c r="F1154" t="s">
         <v>1941</v>
       </c>
       <c r="G1154" t="s">
-        <v>595</v>
+        <v>48</v>
       </c>
       <c r="H1154"/>
     </row>
     <row r="1155" spans="1:8">
       <c r="A1155" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B1155" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C1155" t="s">
         <v>165</v>
       </c>
       <c r="D1155" t="s">
         <v>166</v>
       </c>
       <c r="E1155">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1155" t="s">
-        <v>1723</v>
+        <v>1944</v>
       </c>
       <c r="G1155" t="s">
-        <v>1724</v>
+        <v>595</v>
       </c>
       <c r="H1155"/>
     </row>
     <row r="1156" spans="1:8">
       <c r="A1156" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="B1156" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="C1156" t="s">
         <v>165</v>
       </c>
       <c r="D1156" t="s">
         <v>166</v>
       </c>
       <c r="E1156">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1156" t="s">
-        <v>1942</v>
+        <v>1726</v>
       </c>
       <c r="G1156" t="s">
-        <v>707</v>
-[...3 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="H1156"/>
     </row>
     <row r="1157" spans="1:8">
       <c r="A1157" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B1157" t="s">
         <v>1943</v>
       </c>
-      <c r="B1157" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1157" t="s">
-        <v>116</v>
+        <v>165</v>
       </c>
       <c r="D1157" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E1157">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1157" t="s">
-        <v>117</v>
+        <v>1945</v>
       </c>
       <c r="G1157" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="H1157"/>
+        <v>703</v>
+      </c>
+      <c r="H1157">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1158" spans="1:8">
       <c r="A1158" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B1158" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="C1158" t="s">
-        <v>171</v>
+        <v>116</v>
       </c>
       <c r="D1158" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
       <c r="E1158">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1158" t="s">
-        <v>172</v>
+        <v>117</v>
       </c>
       <c r="G1158" t="s">
-        <v>173</v>
+        <v>118</v>
       </c>
       <c r="H1158"/>
     </row>
     <row r="1159" spans="1:8">
       <c r="A1159" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="B1159" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="C1159" t="s">
-        <v>194</v>
+        <v>171</v>
       </c>
       <c r="D1159" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E1159">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1159" t="s">
-        <v>197</v>
+        <v>172</v>
       </c>
       <c r="G1159" t="s">
-        <v>198</v>
+        <v>173</v>
       </c>
       <c r="H1159"/>
     </row>
     <row r="1160" spans="1:8">
       <c r="A1160" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="B1160" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="C1160" t="s">
         <v>194</v>
       </c>
       <c r="D1160" t="s">
         <v>44</v>
       </c>
       <c r="E1160">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F1160" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G1160" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H1160"/>
     </row>
     <row r="1161" spans="1:8">
       <c r="A1161" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="B1161" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="C1161" t="s">
         <v>194</v>
       </c>
       <c r="D1161" t="s">
         <v>44</v>
       </c>
       <c r="E1161">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F1161" t="s">
-        <v>1683</v>
+        <v>195</v>
       </c>
       <c r="G1161" t="s">
-        <v>595</v>
+        <v>196</v>
       </c>
       <c r="H1161"/>
     </row>
     <row r="1162" spans="1:8">
       <c r="A1162" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="B1162" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="C1162" t="s">
         <v>194</v>
       </c>
       <c r="D1162" t="s">
         <v>44</v>
       </c>
       <c r="E1162">
         <v>5</v>
       </c>
       <c r="F1162" t="s">
-        <v>481</v>
+        <v>1686</v>
       </c>
       <c r="G1162" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>595</v>
+      </c>
+      <c r="H1162"/>
     </row>
     <row r="1163" spans="1:8">
       <c r="A1163" t="s">
-        <v>1947</v>
+        <v>1950</v>
       </c>
       <c r="B1163" t="s">
-        <v>1948</v>
+        <v>1951</v>
       </c>
       <c r="C1163" t="s">
         <v>194</v>
       </c>
       <c r="D1163" t="s">
         <v>44</v>
       </c>
       <c r="E1163">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F1163" t="s">
-        <v>1289</v>
+        <v>481</v>
       </c>
       <c r="G1163" t="s">
-        <v>1290</v>
-[...1 lines deleted...]
-      <c r="H1163"/>
+        <v>184</v>
+      </c>
+      <c r="H1163">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="1164" spans="1:8">
       <c r="A1164" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="B1164" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="C1164" t="s">
-        <v>58</v>
+        <v>194</v>
       </c>
       <c r="D1164" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E1164">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1164" t="s">
-        <v>1951</v>
+        <v>1290</v>
       </c>
       <c r="G1164" t="s">
-        <v>1952</v>
-[...3 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="H1164"/>
     </row>
     <row r="1165" spans="1:8">
       <c r="A1165" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1165" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1165" t="s">
         <v>58</v>
       </c>
       <c r="D1165" t="s">
         <v>59</v>
       </c>
       <c r="E1165">
         <v>1</v>
       </c>
       <c r="F1165" t="s">
-        <v>1953</v>
+        <v>1954</v>
       </c>
       <c r="G1165" t="s">
-        <v>1954</v>
+        <v>1955</v>
       </c>
       <c r="H1165">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="1166" spans="1:8">
       <c r="A1166" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1166" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1166" t="s">
         <v>58</v>
       </c>
       <c r="D1166" t="s">
         <v>59</v>
       </c>
       <c r="E1166">
         <v>1</v>
       </c>
       <c r="F1166" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="G1166" t="s">
-        <v>499</v>
+        <v>1957</v>
       </c>
       <c r="H1166">
         <v>1.0</v>
       </c>
     </row>
     <row r="1167" spans="1:8">
       <c r="A1167" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1167" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1167" t="s">
         <v>58</v>
       </c>
       <c r="D1167" t="s">
         <v>59</v>
       </c>
       <c r="E1167">
         <v>1</v>
       </c>
       <c r="F1167" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
       <c r="G1167" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="H1167"/>
+        <v>499</v>
+      </c>
+      <c r="H1167">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1168" spans="1:8">
       <c r="A1168" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1168" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1168" t="s">
         <v>58</v>
       </c>
       <c r="D1168" t="s">
         <v>59</v>
       </c>
       <c r="E1168">
         <v>1</v>
       </c>
       <c r="F1168" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="G1168" t="s">
-        <v>1958</v>
+        <v>336</v>
       </c>
       <c r="H1168"/>
     </row>
     <row r="1169" spans="1:8">
       <c r="A1169" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1169" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1169" t="s">
         <v>58</v>
       </c>
       <c r="D1169" t="s">
         <v>59</v>
       </c>
       <c r="E1169">
         <v>1</v>
       </c>
       <c r="F1169" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="G1169" t="s">
-        <v>1258</v>
+        <v>1961</v>
       </c>
       <c r="H1169"/>
     </row>
     <row r="1170" spans="1:8">
       <c r="A1170" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1170" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1170" t="s">
         <v>58</v>
       </c>
       <c r="D1170" t="s">
         <v>59</v>
       </c>
       <c r="E1170">
         <v>1</v>
       </c>
       <c r="F1170" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="G1170" t="s">
-        <v>299</v>
+        <v>1259</v>
       </c>
       <c r="H1170"/>
     </row>
     <row r="1171" spans="1:8">
       <c r="A1171" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1171" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1171" t="s">
         <v>58</v>
       </c>
       <c r="D1171" t="s">
         <v>59</v>
       </c>
       <c r="E1171">
         <v>1</v>
       </c>
       <c r="F1171" t="s">
-        <v>1961</v>
+        <v>1963</v>
       </c>
       <c r="G1171" t="s">
-        <v>736</v>
+        <v>299</v>
       </c>
       <c r="H1171"/>
     </row>
     <row r="1172" spans="1:8">
       <c r="A1172" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="B1172" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="C1172" t="s">
         <v>58</v>
       </c>
       <c r="D1172" t="s">
         <v>59</v>
       </c>
       <c r="E1172">
         <v>1</v>
       </c>
       <c r="F1172" t="s">
-        <v>1962</v>
+        <v>1964</v>
       </c>
       <c r="G1172" t="s">
-        <v>687</v>
+        <v>732</v>
       </c>
       <c r="H1172"/>
     </row>
     <row r="1173" spans="1:8">
       <c r="A1173" t="s">
-        <v>1963</v>
+        <v>1952</v>
       </c>
       <c r="B1173" t="s">
-        <v>1964</v>
+        <v>1953</v>
       </c>
       <c r="C1173" t="s">
-        <v>101</v>
+        <v>58</v>
       </c>
       <c r="D1173" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E1173">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1173" t="s">
-        <v>388</v>
+        <v>1965</v>
       </c>
       <c r="G1173" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>683</v>
+      </c>
+      <c r="H1173"/>
     </row>
     <row r="1174" spans="1:8">
       <c r="A1174" t="s">
-        <v>1965</v>
+        <v>1966</v>
       </c>
       <c r="B1174" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="C1174" t="s">
-        <v>649</v>
+        <v>101</v>
       </c>
       <c r="D1174" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
       <c r="E1174">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1174" t="s">
-        <v>1967</v>
+        <v>388</v>
       </c>
       <c r="G1174" t="s">
-        <v>1239</v>
-[...1 lines deleted...]
-      <c r="H1174"/>
+        <v>389</v>
+      </c>
+      <c r="H1174">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1175" spans="1:8">
       <c r="A1175" t="s">
         <v>1968</v>
       </c>
       <c r="B1175" t="s">
         <v>1969</v>
       </c>
       <c r="C1175" t="s">
-        <v>91</v>
+        <v>651</v>
       </c>
       <c r="D1175" t="s">
-        <v>11</v>
+        <v>319</v>
       </c>
       <c r="E1175">
         <v>1</v>
       </c>
       <c r="F1175" t="s">
         <v>1970</v>
       </c>
       <c r="G1175" t="s">
-        <v>78</v>
+        <v>1240</v>
       </c>
       <c r="H1175"/>
     </row>
     <row r="1176" spans="1:8">
       <c r="A1176" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="B1176" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="C1176" t="s">
         <v>91</v>
       </c>
       <c r="D1176" t="s">
         <v>11</v>
       </c>
       <c r="E1176">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1176" t="s">
-        <v>469</v>
+        <v>1973</v>
       </c>
       <c r="G1176" t="s">
-        <v>470</v>
+        <v>78</v>
       </c>
       <c r="H1176"/>
     </row>
     <row r="1177" spans="1:8">
       <c r="A1177" t="s">
-        <v>1968</v>
+        <v>1971</v>
       </c>
       <c r="B1177" t="s">
-        <v>1969</v>
+        <v>1972</v>
       </c>
       <c r="C1177" t="s">
         <v>91</v>
       </c>
       <c r="D1177" t="s">
         <v>11</v>
       </c>
       <c r="E1177">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1177" t="s">
-        <v>1971</v>
+        <v>469</v>
       </c>
       <c r="G1177" t="s">
-        <v>358</v>
-[...3 lines deleted...]
-      </c>
+        <v>470</v>
+      </c>
+      <c r="H1177"/>
     </row>
     <row r="1178" spans="1:8">
       <c r="A1178" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B1178" t="s">
         <v>1972</v>
       </c>
-      <c r="B1178" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1178" t="s">
-        <v>256</v>
+        <v>91</v>
       </c>
       <c r="D1178" t="s">
-        <v>59</v>
+        <v>11</v>
       </c>
       <c r="E1178">
         <v>1</v>
       </c>
       <c r="F1178" t="s">
         <v>1974</v>
       </c>
       <c r="G1178" t="s">
-        <v>1975</v>
+        <v>358</v>
       </c>
       <c r="H1178">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
     </row>
     <row r="1179" spans="1:8">
       <c r="A1179" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1179" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1179" t="s">
         <v>256</v>
       </c>
       <c r="D1179" t="s">
         <v>59</v>
       </c>
       <c r="E1179">
         <v>1</v>
       </c>
       <c r="F1179" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="G1179" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="H1179">
         <v>1.0</v>
       </c>
     </row>
     <row r="1180" spans="1:8">
       <c r="A1180" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1180" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1180" t="s">
         <v>256</v>
       </c>
       <c r="D1180" t="s">
         <v>59</v>
       </c>
       <c r="E1180">
         <v>1</v>
       </c>
       <c r="F1180" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="G1180" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="H1180">
         <v>1.0</v>
       </c>
     </row>
     <row r="1181" spans="1:8">
       <c r="A1181" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1181" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1181" t="s">
         <v>256</v>
       </c>
       <c r="D1181" t="s">
         <v>59</v>
       </c>
       <c r="E1181">
         <v>1</v>
       </c>
       <c r="F1181" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="G1181" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="H1181">
         <v>1.0</v>
       </c>
     </row>
     <row r="1182" spans="1:8">
       <c r="A1182" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1182" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1182" t="s">
         <v>256</v>
       </c>
       <c r="D1182" t="s">
         <v>59</v>
       </c>
       <c r="E1182">
         <v>1</v>
       </c>
       <c r="F1182" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="G1182" t="s">
-        <v>1740</v>
+        <v>1984</v>
       </c>
       <c r="H1182">
         <v>1.0</v>
       </c>
     </row>
     <row r="1183" spans="1:8">
       <c r="A1183" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1183" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1183" t="s">
         <v>256</v>
       </c>
       <c r="D1183" t="s">
         <v>59</v>
       </c>
       <c r="E1183">
         <v>1</v>
       </c>
       <c r="F1183" t="s">
-        <v>1983</v>
+        <v>1985</v>
       </c>
       <c r="G1183" t="s">
-        <v>1346</v>
+        <v>1743</v>
       </c>
       <c r="H1183">
         <v>1.0</v>
       </c>
     </row>
     <row r="1184" spans="1:8">
       <c r="A1184" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1184" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1184" t="s">
         <v>256</v>
       </c>
       <c r="D1184" t="s">
         <v>59</v>
       </c>
       <c r="E1184">
         <v>1</v>
       </c>
       <c r="F1184" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="G1184" t="s">
-        <v>1979</v>
+        <v>1347</v>
       </c>
       <c r="H1184">
         <v>1.0</v>
       </c>
     </row>
     <row r="1185" spans="1:8">
       <c r="A1185" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1185" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1185" t="s">
         <v>256</v>
       </c>
       <c r="D1185" t="s">
         <v>59</v>
       </c>
       <c r="E1185">
         <v>1</v>
       </c>
       <c r="F1185" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="G1185" t="s">
-        <v>982</v>
+        <v>1982</v>
       </c>
       <c r="H1185">
         <v>1.0</v>
       </c>
     </row>
     <row r="1186" spans="1:8">
       <c r="A1186" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1186" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1186" t="s">
         <v>256</v>
       </c>
       <c r="D1186" t="s">
         <v>59</v>
       </c>
       <c r="E1186">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1186" t="s">
-        <v>257</v>
+        <v>1988</v>
       </c>
       <c r="G1186" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="H1186"/>
+        <v>983</v>
+      </c>
+      <c r="H1186">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1187" spans="1:8">
       <c r="A1187" t="s">
-        <v>1972</v>
+        <v>1975</v>
       </c>
       <c r="B1187" t="s">
-        <v>1973</v>
+        <v>1976</v>
       </c>
       <c r="C1187" t="s">
         <v>256</v>
       </c>
       <c r="D1187" t="s">
         <v>59</v>
       </c>
       <c r="E1187">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F1187" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="G1187" t="s">
         <v>258</v>
       </c>
       <c r="H1187"/>
     </row>
     <row r="1188" spans="1:8">
       <c r="A1188" t="s">
-        <v>1986</v>
+        <v>1975</v>
       </c>
       <c r="B1188" t="s">
-        <v>1987</v>
+        <v>1976</v>
       </c>
       <c r="C1188" t="s">
-        <v>589</v>
+        <v>256</v>
       </c>
       <c r="D1188" t="s">
         <v>59</v>
       </c>
       <c r="E1188">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F1188" t="s">
-        <v>578</v>
+        <v>259</v>
       </c>
       <c r="G1188" t="s">
-        <v>396</v>
+        <v>258</v>
       </c>
       <c r="H1188"/>
     </row>
     <row r="1189" spans="1:8">
       <c r="A1189" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="B1189" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C1189" t="s">
-        <v>361</v>
+        <v>589</v>
       </c>
       <c r="D1189" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
       <c r="E1189">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1189" t="s">
-        <v>1990</v>
+        <v>578</v>
       </c>
       <c r="G1189" t="s">
-        <v>1991</v>
+        <v>396</v>
       </c>
       <c r="H1189"/>
     </row>
     <row r="1190" spans="1:8">
       <c r="A1190" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B1190" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C1190" t="s">
         <v>361</v>
       </c>
       <c r="D1190" t="s">
         <v>166</v>
       </c>
       <c r="E1190">
         <v>1</v>
       </c>
       <c r="F1190" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="G1190" t="s">
-        <v>1993</v>
-[...3 lines deleted...]
-      </c>
+        <v>1994</v>
+      </c>
+      <c r="H1190"/>
     </row>
     <row r="1191" spans="1:8">
       <c r="A1191" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B1191" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C1191" t="s">
         <v>361</v>
       </c>
       <c r="D1191" t="s">
         <v>166</v>
       </c>
       <c r="E1191">
         <v>1</v>
       </c>
       <c r="F1191" t="s">
-        <v>1994</v>
+        <v>1995</v>
       </c>
       <c r="G1191" t="s">
-        <v>1995</v>
+        <v>1996</v>
       </c>
       <c r="H1191">
         <v>1.0</v>
       </c>
     </row>
     <row r="1192" spans="1:8">
       <c r="A1192" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B1192" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C1192" t="s">
         <v>361</v>
       </c>
       <c r="D1192" t="s">
         <v>166</v>
       </c>
       <c r="E1192">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1192" t="s">
-        <v>407</v>
+        <v>1997</v>
       </c>
       <c r="G1192" t="s">
-        <v>122</v>
+        <v>1998</v>
       </c>
       <c r="H1192">
         <v>1.0</v>
       </c>
     </row>
     <row r="1193" spans="1:8">
       <c r="A1193" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B1193" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C1193" t="s">
         <v>361</v>
       </c>
       <c r="D1193" t="s">
         <v>166</v>
       </c>
       <c r="E1193">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1193" t="s">
-        <v>1143</v>
+        <v>407</v>
       </c>
       <c r="G1193" t="s">
-        <v>639</v>
+        <v>122</v>
       </c>
       <c r="H1193">
         <v>1.0</v>
       </c>
     </row>
     <row r="1194" spans="1:8">
       <c r="A1194" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="B1194" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="C1194" t="s">
         <v>361</v>
       </c>
       <c r="D1194" t="s">
         <v>166</v>
       </c>
       <c r="E1194">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1194" t="s">
-        <v>379</v>
+        <v>1144</v>
       </c>
       <c r="G1194" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="H1194"/>
+        <v>641</v>
+      </c>
+      <c r="H1194">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1195" spans="1:8">
       <c r="A1195" t="s">
-        <v>1996</v>
+        <v>1991</v>
       </c>
       <c r="B1195" t="s">
-        <v>1997</v>
+        <v>1992</v>
       </c>
       <c r="C1195" t="s">
-        <v>518</v>
+        <v>361</v>
       </c>
       <c r="D1195" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E1195">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1195" t="s">
-        <v>1998</v>
+        <v>379</v>
       </c>
       <c r="G1195" t="s">
-        <v>1999</v>
+        <v>380</v>
       </c>
       <c r="H1195"/>
     </row>
     <row r="1196" spans="1:8">
       <c r="A1196" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="B1196" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="C1196" t="s">
         <v>518</v>
       </c>
       <c r="D1196" t="s">
         <v>59</v>
       </c>
       <c r="E1196">
         <v>1</v>
       </c>
       <c r="F1196" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="G1196" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="H1196"/>
     </row>
     <row r="1197" spans="1:8">
       <c r="A1197" t="s">
-        <v>1996</v>
+        <v>1999</v>
       </c>
       <c r="B1197" t="s">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="C1197" t="s">
         <v>518</v>
       </c>
       <c r="D1197" t="s">
         <v>59</v>
       </c>
       <c r="E1197">
         <v>1</v>
       </c>
       <c r="F1197" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="G1197" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="H1197"/>
     </row>
     <row r="1198" spans="1:8">
       <c r="A1198" t="s">
-        <v>2004</v>
+        <v>1999</v>
       </c>
       <c r="B1198" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C1198" t="s">
+        <v>518</v>
+      </c>
+      <c r="D1198" t="s">
+        <v>59</v>
+      </c>
+      <c r="E1198">
+        <v>1</v>
+      </c>
+      <c r="F1198" t="s">
         <v>2005</v>
       </c>
-      <c r="C1198" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1198" t="s">
-        <v>853</v>
+        <v>2006</v>
       </c>
       <c r="H1198"/>
     </row>
     <row r="1199" spans="1:8">
       <c r="A1199" t="s">
-        <v>2004</v>
+        <v>2007</v>
       </c>
       <c r="B1199" t="s">
-        <v>2005</v>
+        <v>2008</v>
       </c>
       <c r="C1199" t="s">
         <v>144</v>
       </c>
       <c r="D1199" t="s">
         <v>65</v>
       </c>
       <c r="E1199">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F1199" t="s">
-        <v>748</v>
+        <v>848</v>
       </c>
       <c r="G1199" t="s">
-        <v>749</v>
+        <v>849</v>
       </c>
       <c r="H1199"/>
     </row>
     <row r="1200" spans="1:8">
       <c r="A1200" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B1200" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="C1200" t="s">
-        <v>58</v>
+        <v>144</v>
       </c>
       <c r="D1200" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E1200">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1200" t="s">
-        <v>2008</v>
+        <v>744</v>
       </c>
       <c r="G1200" t="s">
-        <v>237</v>
+        <v>745</v>
       </c>
       <c r="H1200"/>
     </row>
     <row r="1201" spans="1:8">
       <c r="A1201" t="s">
-        <v>2006</v>
+        <v>2009</v>
       </c>
       <c r="B1201" t="s">
-        <v>2007</v>
+        <v>2010</v>
       </c>
       <c r="C1201" t="s">
         <v>58</v>
       </c>
       <c r="D1201" t="s">
         <v>59</v>
       </c>
       <c r="E1201">
         <v>1</v>
       </c>
       <c r="F1201" t="s">
-        <v>2009</v>
+        <v>2011</v>
       </c>
       <c r="G1201" t="s">
-        <v>899</v>
-[...3 lines deleted...]
-      </c>
+        <v>237</v>
+      </c>
+      <c r="H1201"/>
     </row>
     <row r="1202" spans="1:8">
       <c r="A1202" t="s">
+        <v>2009</v>
+      </c>
+      <c r="B1202" t="s">
         <v>2010</v>
       </c>
-      <c r="B1202" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1202" t="s">
-        <v>610</v>
+        <v>58</v>
       </c>
       <c r="D1202" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E1202">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1202" t="s">
-        <v>1260</v>
+        <v>2012</v>
       </c>
       <c r="G1202" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H1202"/>
+        <v>900</v>
+      </c>
+      <c r="H1202">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="1203" spans="1:8">
       <c r="A1203" t="s">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="B1203" t="s">
-        <v>2011</v>
+        <v>2014</v>
       </c>
       <c r="C1203" t="s">
         <v>610</v>
       </c>
       <c r="D1203" t="s">
         <v>74</v>
       </c>
       <c r="E1203">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1203" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="G1203" t="s">
-        <v>902</v>
+        <v>25</v>
       </c>
       <c r="H1203"/>
     </row>
     <row r="1204" spans="1:8">
       <c r="A1204" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="B1204" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="C1204" t="s">
-        <v>242</v>
+        <v>610</v>
       </c>
       <c r="D1204" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1204">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1204" t="s">
-        <v>675</v>
+        <v>1260</v>
       </c>
       <c r="G1204" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="H1204"/>
     </row>
     <row r="1205" spans="1:8">
       <c r="A1205" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="B1205" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="C1205" t="s">
         <v>242</v>
       </c>
       <c r="D1205" t="s">
         <v>65</v>
       </c>
       <c r="E1205">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1205" t="s">
-        <v>724</v>
+        <v>671</v>
       </c>
       <c r="G1205" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="H1205"/>
+        <v>666</v>
+      </c>
+      <c r="H1205">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1206" spans="1:8">
       <c r="A1206" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="B1206" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="C1206" t="s">
-        <v>144</v>
+        <v>242</v>
       </c>
       <c r="D1206" t="s">
         <v>65</v>
       </c>
       <c r="E1206">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1206" t="s">
-        <v>145</v>
+        <v>720</v>
       </c>
       <c r="G1206" t="s">
-        <v>146</v>
+        <v>282</v>
       </c>
       <c r="H1206"/>
     </row>
     <row r="1207" spans="1:8">
       <c r="A1207" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B1207" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C1207" t="s">
         <v>144</v>
       </c>
       <c r="D1207" t="s">
         <v>65</v>
       </c>
       <c r="E1207">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F1207" t="s">
-        <v>1840</v>
+        <v>145</v>
       </c>
       <c r="G1207" t="s">
-        <v>98</v>
+        <v>146</v>
       </c>
       <c r="H1207"/>
     </row>
     <row r="1208" spans="1:8">
       <c r="A1208" t="s">
-        <v>2016</v>
+        <v>2019</v>
       </c>
       <c r="B1208" t="s">
-        <v>2017</v>
+        <v>2020</v>
       </c>
       <c r="C1208" t="s">
         <v>144</v>
       </c>
       <c r="D1208" t="s">
         <v>65</v>
       </c>
       <c r="E1208">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F1208" t="s">
-        <v>748</v>
+        <v>1843</v>
       </c>
       <c r="G1208" t="s">
-        <v>749</v>
+        <v>98</v>
       </c>
       <c r="H1208"/>
     </row>
     <row r="1209" spans="1:8">
       <c r="A1209" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="B1209" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="C1209" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D1209" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1209">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F1209" t="s">
-        <v>2020</v>
+        <v>744</v>
       </c>
       <c r="G1209" t="s">
-        <v>776</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="H1209"/>
     </row>
     <row r="1210" spans="1:8">
       <c r="A1210" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B1210" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C1210" t="s">
         <v>165</v>
       </c>
       <c r="D1210" t="s">
         <v>166</v>
       </c>
       <c r="E1210">
         <v>1</v>
       </c>
       <c r="F1210" t="s">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="G1210" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="H1210"/>
+        <v>772</v>
+      </c>
+      <c r="H1210">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1211" spans="1:8">
       <c r="A1211" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B1211" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C1211" t="s">
         <v>165</v>
       </c>
       <c r="D1211" t="s">
         <v>166</v>
       </c>
       <c r="E1211">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1211" t="s">
-        <v>598</v>
+        <v>2024</v>
       </c>
       <c r="G1211" t="s">
-        <v>389</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="H1211"/>
     </row>
     <row r="1212" spans="1:8">
       <c r="A1212" t="s">
-        <v>2018</v>
+        <v>2021</v>
       </c>
       <c r="B1212" t="s">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="C1212" t="s">
         <v>165</v>
       </c>
       <c r="D1212" t="s">
         <v>166</v>
       </c>
       <c r="E1212">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1212" t="s">
-        <v>2022</v>
+        <v>598</v>
       </c>
       <c r="G1212" t="s">
-        <v>2023</v>
+        <v>389</v>
       </c>
       <c r="H1212">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="1213" spans="1:8">
       <c r="A1213" t="s">
-        <v>2024</v>
+        <v>2021</v>
       </c>
       <c r="B1213" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C1213" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1213" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1213">
+        <v>1</v>
+      </c>
+      <c r="F1213" t="s">
         <v>2025</v>
       </c>
-      <c r="C1213" t="s">
-[...8 lines deleted...]
-      <c r="F1213" t="s">
+      <c r="G1213" t="s">
         <v>2026</v>
       </c>
-      <c r="G1213" t="s">
-[...2 lines deleted...]
-      <c r="H1213"/>
+      <c r="H1213">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1214" spans="1:8">
       <c r="A1214" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B1214" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C1214" t="s">
         <v>91</v>
       </c>
       <c r="D1214" t="s">
         <v>11</v>
       </c>
       <c r="E1214">
         <v>1</v>
       </c>
       <c r="F1214" t="s">
-        <v>2027</v>
+        <v>2029</v>
       </c>
       <c r="G1214" t="s">
-        <v>2028</v>
+        <v>118</v>
       </c>
       <c r="H1214"/>
     </row>
     <row r="1215" spans="1:8">
       <c r="A1215" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B1215" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C1215" t="s">
         <v>91</v>
       </c>
       <c r="D1215" t="s">
         <v>11</v>
       </c>
       <c r="E1215">
         <v>1</v>
       </c>
       <c r="F1215" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="G1215" t="s">
-        <v>1279</v>
+        <v>2031</v>
       </c>
       <c r="H1215"/>
     </row>
     <row r="1216" spans="1:8">
       <c r="A1216" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B1216" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C1216" t="s">
         <v>91</v>
       </c>
       <c r="D1216" t="s">
         <v>11</v>
       </c>
       <c r="E1216">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1216" t="s">
-        <v>149</v>
+        <v>2032</v>
       </c>
       <c r="G1216" t="s">
-        <v>150</v>
+        <v>1280</v>
       </c>
       <c r="H1216"/>
     </row>
     <row r="1217" spans="1:8">
       <c r="A1217" t="s">
-        <v>2024</v>
+        <v>2027</v>
       </c>
       <c r="B1217" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="C1217" t="s">
         <v>91</v>
       </c>
       <c r="D1217" t="s">
         <v>11</v>
       </c>
       <c r="E1217">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F1217" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="G1217" t="s">
         <v>150</v>
       </c>
       <c r="H1217"/>
     </row>
     <row r="1218" spans="1:8">
       <c r="A1218" t="s">
-        <v>2030</v>
+        <v>2027</v>
       </c>
       <c r="B1218" t="s">
-        <v>2031</v>
+        <v>2028</v>
       </c>
       <c r="C1218" t="s">
-        <v>165</v>
+        <v>91</v>
       </c>
       <c r="D1218" t="s">
-        <v>166</v>
+        <v>11</v>
       </c>
       <c r="E1218">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F1218" t="s">
-        <v>531</v>
+        <v>151</v>
       </c>
       <c r="G1218" t="s">
-        <v>532</v>
+        <v>150</v>
       </c>
       <c r="H1218"/>
     </row>
     <row r="1219" spans="1:8">
       <c r="A1219" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="B1219" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C1219" t="s">
         <v>165</v>
       </c>
       <c r="D1219" t="s">
         <v>166</v>
       </c>
       <c r="E1219">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1219" t="s">
-        <v>2032</v>
+        <v>531</v>
       </c>
       <c r="G1219" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>532</v>
+      </c>
+      <c r="H1219"/>
     </row>
     <row r="1220" spans="1:8">
       <c r="A1220" t="s">
-        <v>2030</v>
+        <v>2033</v>
       </c>
       <c r="B1220" t="s">
-        <v>2031</v>
+        <v>2034</v>
       </c>
       <c r="C1220" t="s">
         <v>165</v>
       </c>
       <c r="D1220" t="s">
         <v>166</v>
       </c>
       <c r="E1220">
         <v>1</v>
       </c>
       <c r="F1220" t="s">
-        <v>1732</v>
+        <v>2035</v>
       </c>
       <c r="G1220" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="H1220"/>
+        <v>402</v>
+      </c>
+      <c r="H1220">
+        <v>7.0</v>
+      </c>
     </row>
     <row r="1221" spans="1:8">
       <c r="A1221" t="s">
         <v>2033</v>
       </c>
       <c r="B1221" t="s">
         <v>2034</v>
       </c>
       <c r="C1221" t="s">
-        <v>58</v>
+        <v>165</v>
       </c>
       <c r="D1221" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E1221">
         <v>1</v>
       </c>
       <c r="F1221" t="s">
-        <v>2035</v>
+        <v>1735</v>
       </c>
       <c r="G1221" t="s">
-        <v>428</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="H1221"/>
     </row>
     <row r="1222" spans="1:8">
       <c r="A1222" t="s">
         <v>2036</v>
       </c>
       <c r="B1222" t="s">
         <v>2037</v>
       </c>
       <c r="C1222" t="s">
-        <v>518</v>
+        <v>58</v>
       </c>
       <c r="D1222" t="s">
         <v>59</v>
       </c>
       <c r="E1222">
         <v>1</v>
       </c>
       <c r="F1222" t="s">
         <v>2038</v>
       </c>
       <c r="G1222" t="s">
-        <v>70</v>
+        <v>428</v>
       </c>
       <c r="H1222">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1223" spans="1:8">
       <c r="A1223" t="s">
-        <v>2036</v>
+        <v>2039</v>
       </c>
       <c r="B1223" t="s">
-        <v>2037</v>
+        <v>2040</v>
       </c>
       <c r="C1223" t="s">
         <v>518</v>
       </c>
       <c r="D1223" t="s">
         <v>59</v>
       </c>
       <c r="E1223">
         <v>1</v>
       </c>
       <c r="F1223" t="s">
-        <v>2039</v>
+        <v>2041</v>
       </c>
       <c r="G1223" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="H1223"/>
+        <v>70</v>
+      </c>
+      <c r="H1223">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1224" spans="1:8">
       <c r="A1224" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B1224" t="s">
         <v>2040</v>
       </c>
-      <c r="B1224" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1224" t="s">
-        <v>194</v>
+        <v>518</v>
       </c>
       <c r="D1224" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="E1224">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1224" t="s">
-        <v>1289</v>
+        <v>2042</v>
       </c>
       <c r="G1224" t="s">
-        <v>1290</v>
+        <v>272</v>
       </c>
       <c r="H1224"/>
     </row>
     <row r="1225" spans="1:8">
       <c r="A1225" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="B1225" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="C1225" t="s">
         <v>194</v>
       </c>
       <c r="D1225" t="s">
         <v>44</v>
       </c>
       <c r="E1225">
         <v>3</v>
       </c>
       <c r="F1225" t="s">
-        <v>481</v>
+        <v>1290</v>
       </c>
       <c r="G1225" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      </c>
+        <v>1291</v>
+      </c>
+      <c r="H1225"/>
     </row>
     <row r="1226" spans="1:8">
       <c r="A1226" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="B1226" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="C1226" t="s">
         <v>194</v>
       </c>
       <c r="D1226" t="s">
         <v>44</v>
       </c>
       <c r="E1226">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="F1226" t="s">
-        <v>195</v>
+        <v>481</v>
       </c>
       <c r="G1226" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="H1226"/>
+        <v>184</v>
+      </c>
+      <c r="H1226">
+        <v>3.0</v>
+      </c>
     </row>
     <row r="1227" spans="1:8">
       <c r="A1227" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="B1227" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="C1227" t="s">
         <v>194</v>
       </c>
       <c r="D1227" t="s">
         <v>44</v>
       </c>
       <c r="E1227">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F1227" t="s">
-        <v>740</v>
+        <v>195</v>
       </c>
       <c r="G1227" t="s">
-        <v>741</v>
+        <v>196</v>
       </c>
       <c r="H1227"/>
     </row>
     <row r="1228" spans="1:8">
       <c r="A1228" t="s">
-        <v>2040</v>
+        <v>2043</v>
       </c>
       <c r="B1228" t="s">
-        <v>2041</v>
+        <v>2044</v>
       </c>
       <c r="C1228" t="s">
         <v>194</v>
       </c>
       <c r="D1228" t="s">
         <v>44</v>
       </c>
       <c r="E1228">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F1228" t="s">
-        <v>199</v>
+        <v>736</v>
       </c>
       <c r="G1228" t="s">
-        <v>196</v>
+        <v>737</v>
       </c>
       <c r="H1228"/>
     </row>
     <row r="1229" spans="1:8">
       <c r="A1229" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="B1229" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="C1229" t="s">
-        <v>73</v>
+        <v>194</v>
       </c>
       <c r="D1229" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="E1229">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="F1229" t="s">
-        <v>521</v>
+        <v>199</v>
       </c>
       <c r="G1229" t="s">
-        <v>522</v>
+        <v>196</v>
       </c>
       <c r="H1229"/>
     </row>
     <row r="1230" spans="1:8">
       <c r="A1230" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="B1230" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="C1230" t="s">
         <v>73</v>
       </c>
       <c r="D1230" t="s">
         <v>74</v>
       </c>
       <c r="E1230">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F1230" t="s">
-        <v>2044</v>
+        <v>521</v>
       </c>
       <c r="G1230" t="s">
-        <v>2045</v>
+        <v>522</v>
       </c>
       <c r="H1230"/>
     </row>
     <row r="1231" spans="1:8">
       <c r="A1231" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="B1231" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="C1231" t="s">
         <v>73</v>
       </c>
       <c r="D1231" t="s">
         <v>74</v>
       </c>
       <c r="E1231">
         <v>1</v>
       </c>
       <c r="F1231" t="s">
-        <v>1275</v>
+        <v>2047</v>
       </c>
       <c r="G1231" t="s">
-        <v>25</v>
+        <v>2048</v>
       </c>
       <c r="H1231"/>
     </row>
     <row r="1232" spans="1:8">
       <c r="A1232" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="B1232" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="C1232" t="s">
         <v>73</v>
       </c>
       <c r="D1232" t="s">
         <v>74</v>
       </c>
       <c r="E1232">
         <v>1</v>
       </c>
       <c r="F1232" t="s">
-        <v>2046</v>
+        <v>1276</v>
       </c>
       <c r="G1232" t="s">
-        <v>2047</v>
+        <v>25</v>
       </c>
       <c r="H1232"/>
     </row>
     <row r="1233" spans="1:8">
       <c r="A1233" t="s">
-        <v>2042</v>
+        <v>2045</v>
       </c>
       <c r="B1233" t="s">
-        <v>2043</v>
+        <v>2046</v>
       </c>
       <c r="C1233" t="s">
         <v>73</v>
       </c>
       <c r="D1233" t="s">
         <v>74</v>
       </c>
       <c r="E1233">
         <v>1</v>
       </c>
       <c r="F1233" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="G1233" t="s">
-        <v>134</v>
+        <v>2050</v>
       </c>
       <c r="H1233"/>
     </row>
     <row r="1234" spans="1:8">
       <c r="A1234" t="s">
-        <v>2049</v>
+        <v>2045</v>
       </c>
       <c r="B1234" t="s">
-        <v>2050</v>
+        <v>2046</v>
       </c>
       <c r="C1234" t="s">
-        <v>242</v>
+        <v>73</v>
       </c>
       <c r="D1234" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1234">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1234" t="s">
-        <v>243</v>
+        <v>2051</v>
       </c>
       <c r="G1234" t="s">
-        <v>244</v>
+        <v>134</v>
       </c>
       <c r="H1234"/>
     </row>
     <row r="1235" spans="1:8">
       <c r="A1235" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="B1235" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="C1235" t="s">
-        <v>287</v>
+        <v>242</v>
       </c>
       <c r="D1235" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="E1235">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F1235" t="s">
-        <v>468</v>
+        <v>243</v>
       </c>
       <c r="G1235" t="s">
-        <v>327</v>
+        <v>244</v>
       </c>
       <c r="H1235"/>
     </row>
     <row r="1236" spans="1:8">
       <c r="A1236" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="B1236" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="C1236" t="s">
         <v>287</v>
       </c>
       <c r="D1236" t="s">
         <v>59</v>
       </c>
       <c r="E1236">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F1236" t="s">
-        <v>1238</v>
+        <v>468</v>
       </c>
       <c r="G1236" t="s">
-        <v>1239</v>
+        <v>327</v>
       </c>
       <c r="H1236"/>
     </row>
     <row r="1237" spans="1:8">
       <c r="A1237" t="s">
-        <v>2051</v>
+        <v>2054</v>
       </c>
       <c r="B1237" t="s">
-        <v>2052</v>
+        <v>2055</v>
       </c>
       <c r="C1237" t="s">
         <v>287</v>
       </c>
       <c r="D1237" t="s">
         <v>59</v>
       </c>
       <c r="E1237">
         <v>3</v>
       </c>
       <c r="F1237" t="s">
-        <v>985</v>
+        <v>1239</v>
       </c>
       <c r="G1237" t="s">
-        <v>986</v>
+        <v>1240</v>
       </c>
       <c r="H1237"/>
     </row>
     <row r="1238" spans="1:8">
       <c r="A1238" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="B1238" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="C1238" t="s">
-        <v>518</v>
+        <v>287</v>
       </c>
       <c r="D1238" t="s">
         <v>59</v>
       </c>
       <c r="E1238">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1238" t="s">
-        <v>1899</v>
-[...1 lines deleted...]
-      <c r="G1238"/>
+        <v>986</v>
+      </c>
+      <c r="G1238" t="s">
+        <v>987</v>
+      </c>
       <c r="H1238"/>
     </row>
     <row r="1239" spans="1:8">
       <c r="A1239" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1239" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1239" t="s">
         <v>518</v>
       </c>
       <c r="D1239" t="s">
         <v>59</v>
       </c>
       <c r="E1239">
         <v>1</v>
       </c>
       <c r="F1239" t="s">
-        <v>1899</v>
+        <v>1902</v>
       </c>
       <c r="G1239"/>
       <c r="H1239"/>
     </row>
     <row r="1240" spans="1:8">
       <c r="A1240" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1240" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1240" t="s">
         <v>518</v>
       </c>
       <c r="D1240" t="s">
         <v>59</v>
       </c>
       <c r="E1240">
         <v>1</v>
       </c>
       <c r="F1240" t="s">
-        <v>2055</v>
-[...3 lines deleted...]
-      </c>
+        <v>1902</v>
+      </c>
+      <c r="G1240"/>
       <c r="H1240"/>
     </row>
     <row r="1241" spans="1:8">
       <c r="A1241" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1241" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1241" t="s">
         <v>518</v>
       </c>
       <c r="D1241" t="s">
         <v>59</v>
       </c>
       <c r="E1241">
         <v>1</v>
       </c>
       <c r="F1241" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="G1241" t="s">
-        <v>2023</v>
-[...3 lines deleted...]
-      </c>
+        <v>2059</v>
+      </c>
+      <c r="H1241"/>
     </row>
     <row r="1242" spans="1:8">
       <c r="A1242" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1242" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1242" t="s">
         <v>518</v>
       </c>
       <c r="D1242" t="s">
         <v>59</v>
       </c>
       <c r="E1242">
         <v>1</v>
       </c>
       <c r="F1242" t="s">
-        <v>2058</v>
+        <v>2060</v>
       </c>
       <c r="G1242" t="s">
-        <v>2059</v>
+        <v>2026</v>
       </c>
       <c r="H1242">
         <v>1.0</v>
       </c>
     </row>
     <row r="1243" spans="1:8">
       <c r="A1243" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1243" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1243" t="s">
         <v>518</v>
       </c>
       <c r="D1243" t="s">
         <v>59</v>
       </c>
       <c r="E1243">
         <v>1</v>
       </c>
       <c r="F1243" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="G1243" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="H1243">
         <v>1.0</v>
       </c>
     </row>
     <row r="1244" spans="1:8">
       <c r="A1244" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1244" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1244" t="s">
         <v>518</v>
       </c>
       <c r="D1244" t="s">
         <v>59</v>
       </c>
       <c r="E1244">
         <v>1</v>
       </c>
       <c r="F1244" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="G1244" t="s">
-        <v>1279</v>
-[...1 lines deleted...]
-      <c r="H1244"/>
+        <v>2064</v>
+      </c>
+      <c r="H1244">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1245" spans="1:8">
       <c r="A1245" t="s">
-        <v>2053</v>
+        <v>2056</v>
       </c>
       <c r="B1245" t="s">
-        <v>2054</v>
+        <v>2057</v>
       </c>
       <c r="C1245" t="s">
         <v>518</v>
       </c>
       <c r="D1245" t="s">
         <v>59</v>
       </c>
       <c r="E1245">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1245" t="s">
-        <v>243</v>
+        <v>2065</v>
       </c>
       <c r="G1245" t="s">
-        <v>244</v>
+        <v>1280</v>
       </c>
       <c r="H1245"/>
     </row>
     <row r="1246" spans="1:8">
       <c r="A1246" t="s">
-        <v>2063</v>
+        <v>2056</v>
       </c>
       <c r="B1246" t="s">
-        <v>2064</v>
+        <v>2057</v>
       </c>
       <c r="C1246" t="s">
-        <v>64</v>
+        <v>518</v>
       </c>
       <c r="D1246" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E1246">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F1246" t="s">
-        <v>890</v>
+        <v>243</v>
       </c>
       <c r="G1246" t="s">
-        <v>891</v>
+        <v>244</v>
       </c>
       <c r="H1246"/>
     </row>
     <row r="1247" spans="1:8">
       <c r="A1247" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="B1247" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="C1247" t="s">
         <v>64</v>
       </c>
       <c r="D1247" t="s">
         <v>65</v>
       </c>
       <c r="E1247">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F1247" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="G1247" t="s">
-        <v>67</v>
+        <v>892</v>
       </c>
       <c r="H1247"/>
     </row>
     <row r="1248" spans="1:8">
       <c r="A1248" t="s">
-        <v>2063</v>
+        <v>2066</v>
       </c>
       <c r="B1248" t="s">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="C1248" t="s">
         <v>64</v>
       </c>
       <c r="D1248" t="s">
         <v>65</v>
       </c>
       <c r="E1248">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F1248" t="s">
-        <v>1032</v>
+        <v>890</v>
       </c>
       <c r="G1248" t="s">
-        <v>1033</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="H1248"/>
     </row>
     <row r="1249" spans="1:8">
       <c r="A1249" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="B1249" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C1249" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="D1249" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E1249">
         <v>6</v>
       </c>
       <c r="F1249" t="s">
-        <v>180</v>
+        <v>1033</v>
       </c>
       <c r="G1249" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="H1249"/>
+        <v>1034</v>
+      </c>
+      <c r="H1249">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1250" spans="1:8">
       <c r="A1250" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="B1250" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="C1250" t="s">
-        <v>361</v>
+        <v>53</v>
       </c>
       <c r="D1250" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E1250">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F1250" t="s">
-        <v>217</v>
+        <v>180</v>
       </c>
       <c r="G1250" t="s">
-        <v>218</v>
+        <v>173</v>
       </c>
       <c r="H1250"/>
     </row>
     <row r="1251" spans="1:8">
       <c r="A1251" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
       <c r="B1251" t="s">
-        <v>2068</v>
+        <v>2071</v>
       </c>
       <c r="C1251" t="s">
         <v>361</v>
       </c>
       <c r="D1251" t="s">
         <v>166</v>
       </c>
       <c r="E1251">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1251" t="s">
-        <v>2069</v>
+        <v>217</v>
       </c>
       <c r="G1251" t="s">
-        <v>2070</v>
+        <v>218</v>
       </c>
       <c r="H1251"/>
     </row>
     <row r="1252" spans="1:8">
       <c r="A1252" t="s">
-        <v>2067</v>
+        <v>2070</v>
       </c>
       <c r="B1252" t="s">
-        <v>2068</v>
+        <v>2071</v>
       </c>
       <c r="C1252" t="s">
         <v>361</v>
       </c>
       <c r="D1252" t="s">
         <v>166</v>
       </c>
       <c r="E1252">
         <v>1</v>
       </c>
       <c r="F1252" t="s">
-        <v>340</v>
+        <v>2072</v>
       </c>
       <c r="G1252" t="s">
-        <v>2071</v>
+        <v>2073</v>
       </c>
       <c r="H1252"/>
     </row>
     <row r="1253" spans="1:8">
       <c r="A1253" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
       <c r="B1253" t="s">
-        <v>2073</v>
+        <v>2071</v>
       </c>
       <c r="C1253" t="s">
-        <v>518</v>
+        <v>361</v>
       </c>
       <c r="D1253" t="s">
-        <v>59</v>
+        <v>166</v>
       </c>
       <c r="E1253">
         <v>1</v>
       </c>
       <c r="F1253" t="s">
+        <v>340</v>
+      </c>
+      <c r="G1253" t="s">
         <v>2074</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
       <c r="H1253"/>
     </row>
     <row r="1254" spans="1:8">
       <c r="A1254" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B1254" t="s">
-        <v>2073</v>
+        <v>2076</v>
       </c>
       <c r="C1254" t="s">
         <v>518</v>
       </c>
       <c r="D1254" t="s">
         <v>59</v>
       </c>
       <c r="E1254">
         <v>1</v>
       </c>
       <c r="F1254" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="G1254" t="s">
-        <v>2076</v>
-[...3 lines deleted...]
-      </c>
+        <v>252</v>
+      </c>
+      <c r="H1254"/>
     </row>
     <row r="1255" spans="1:8">
       <c r="A1255" t="s">
-        <v>2077</v>
+        <v>2075</v>
       </c>
       <c r="B1255" t="s">
-        <v>2078</v>
+        <v>2076</v>
       </c>
       <c r="C1255" t="s">
-        <v>256</v>
+        <v>518</v>
       </c>
       <c r="D1255" t="s">
         <v>59</v>
       </c>
       <c r="E1255">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1255" t="s">
-        <v>270</v>
+        <v>2078</v>
       </c>
       <c r="G1255" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="H1255"/>
+        <v>2079</v>
+      </c>
+      <c r="H1255">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1256" spans="1:8">
       <c r="A1256" t="s">
-        <v>2077</v>
+        <v>2080</v>
       </c>
       <c r="B1256" t="s">
-        <v>2078</v>
+        <v>2081</v>
       </c>
       <c r="C1256" t="s">
         <v>256</v>
       </c>
       <c r="D1256" t="s">
         <v>59</v>
       </c>
       <c r="E1256">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1256" t="s">
-        <v>275</v>
+        <v>270</v>
       </c>
       <c r="G1256" t="s">
-        <v>272</v>
+        <v>86</v>
       </c>
       <c r="H1256"/>
     </row>
     <row r="1257" spans="1:8">
       <c r="A1257" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="B1257" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="C1257" t="s">
-        <v>1446</v>
+        <v>256</v>
       </c>
       <c r="D1257" t="s">
-        <v>166</v>
+        <v>59</v>
       </c>
       <c r="E1257">
         <v>2</v>
       </c>
       <c r="F1257" t="s">
-        <v>1435</v>
+        <v>275</v>
       </c>
       <c r="G1257" t="s">
-        <v>1233</v>
+        <v>272</v>
       </c>
       <c r="H1257"/>
     </row>
     <row r="1258" spans="1:8">
       <c r="A1258" t="s">
-        <v>2081</v>
+        <v>2082</v>
       </c>
       <c r="B1258" t="s">
-        <v>2082</v>
+        <v>2083</v>
       </c>
       <c r="C1258" t="s">
-        <v>137</v>
+        <v>1447</v>
       </c>
       <c r="D1258" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E1258">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F1258" t="s">
-        <v>1028</v>
+        <v>1436</v>
       </c>
       <c r="G1258" t="s">
-        <v>1029</v>
+        <v>1234</v>
       </c>
       <c r="H1258"/>
     </row>
     <row r="1259" spans="1:8">
       <c r="A1259" t="s">
-        <v>2081</v>
+        <v>2084</v>
       </c>
       <c r="B1259" t="s">
-        <v>2082</v>
+        <v>2085</v>
       </c>
       <c r="C1259" t="s">
         <v>137</v>
       </c>
       <c r="D1259" t="s">
         <v>44</v>
       </c>
       <c r="E1259">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F1259" t="s">
-        <v>379</v>
+        <v>1029</v>
       </c>
       <c r="G1259" t="s">
-        <v>380</v>
+        <v>1030</v>
       </c>
       <c r="H1259"/>
     </row>
     <row r="1260" spans="1:8">
       <c r="A1260" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="B1260" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="C1260" t="s">
-        <v>310</v>
+        <v>137</v>
       </c>
       <c r="D1260" t="s">
-        <v>74</v>
+        <v>44</v>
       </c>
       <c r="E1260">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1260" t="s">
-        <v>2085</v>
+        <v>379</v>
       </c>
       <c r="G1260" t="s">
-        <v>595</v>
+        <v>380</v>
       </c>
       <c r="H1260"/>
     </row>
     <row r="1261" spans="1:8">
       <c r="A1261" t="s">
-        <v>2083</v>
+        <v>2086</v>
       </c>
       <c r="B1261" t="s">
-        <v>2084</v>
+        <v>2087</v>
       </c>
       <c r="C1261" t="s">
         <v>310</v>
       </c>
       <c r="D1261" t="s">
         <v>74</v>
       </c>
       <c r="E1261">
         <v>1</v>
       </c>
       <c r="F1261" t="s">
-        <v>2086</v>
+        <v>2088</v>
       </c>
       <c r="G1261" t="s">
-        <v>2087</v>
+        <v>595</v>
       </c>
       <c r="H1261"/>
     </row>
     <row r="1262" spans="1:8">
       <c r="A1262" t="s">
-        <v>2088</v>
+        <v>2086</v>
       </c>
       <c r="B1262" t="s">
-        <v>2089</v>
+        <v>2087</v>
       </c>
       <c r="C1262" t="s">
         <v>310</v>
       </c>
       <c r="D1262" t="s">
         <v>74</v>
       </c>
       <c r="E1262">
         <v>1</v>
       </c>
       <c r="F1262" t="s">
+        <v>2089</v>
+      </c>
+      <c r="G1262" t="s">
         <v>2090</v>
-      </c>
-[...1 lines deleted...]
-        <v>490</v>
       </c>
       <c r="H1262"/>
     </row>
     <row r="1263" spans="1:8">
       <c r="A1263" t="s">
         <v>2091</v>
       </c>
       <c r="B1263" t="s">
         <v>2092</v>
       </c>
       <c r="C1263" t="s">
-        <v>194</v>
+        <v>310</v>
       </c>
       <c r="D1263" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E1263">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F1263" t="s">
-        <v>199</v>
+        <v>2093</v>
       </c>
       <c r="G1263" t="s">
-        <v>196</v>
+        <v>490</v>
       </c>
       <c r="H1263"/>
     </row>
     <row r="1264" spans="1:8">
       <c r="A1264" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="B1264" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="C1264" t="s">
         <v>194</v>
       </c>
       <c r="D1264" t="s">
         <v>44</v>
       </c>
       <c r="E1264">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="F1264" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="G1264" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="H1264"/>
     </row>
     <row r="1265" spans="1:8">
       <c r="A1265" t="s">
-        <v>2091</v>
+        <v>2094</v>
       </c>
       <c r="B1265" t="s">
-        <v>2092</v>
+        <v>2095</v>
       </c>
       <c r="C1265" t="s">
         <v>194</v>
       </c>
       <c r="D1265" t="s">
         <v>44</v>
       </c>
       <c r="E1265">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="F1265" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="G1265" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="H1265"/>
     </row>
     <row r="1266" spans="1:8">
       <c r="A1266" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="B1266" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="C1266" t="s">
-        <v>518</v>
+        <v>194</v>
       </c>
       <c r="D1266" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E1266">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F1266" t="s">
-        <v>2095</v>
+        <v>195</v>
       </c>
       <c r="G1266" t="s">
-        <v>1055</v>
+        <v>196</v>
       </c>
       <c r="H1266"/>
     </row>
     <row r="1267" spans="1:8">
       <c r="A1267" t="s">
-        <v>2093</v>
+        <v>2096</v>
       </c>
       <c r="B1267" t="s">
-        <v>2094</v>
+        <v>2097</v>
       </c>
       <c r="C1267" t="s">
         <v>518</v>
       </c>
       <c r="D1267" t="s">
         <v>59</v>
       </c>
       <c r="E1267">
         <v>1</v>
       </c>
       <c r="F1267" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="G1267" t="s">
-        <v>397</v>
+        <v>2090</v>
       </c>
       <c r="H1267"/>
     </row>
     <row r="1268" spans="1:8">
       <c r="A1268" t="s">
-        <v>2097</v>
+        <v>2099</v>
       </c>
       <c r="B1268" t="s">
-        <v>2098</v>
+        <v>2100</v>
       </c>
       <c r="C1268" t="s">
-        <v>310</v>
+        <v>518</v>
       </c>
       <c r="D1268" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="E1268">
         <v>1</v>
       </c>
       <c r="F1268" t="s">
-        <v>1590</v>
+        <v>2101</v>
       </c>
       <c r="G1268" t="s">
-        <v>768</v>
+        <v>397</v>
       </c>
       <c r="H1268"/>
     </row>
     <row r="1269" spans="1:8">
       <c r="A1269" t="s">
         <v>2099</v>
       </c>
       <c r="B1269" t="s">
         <v>2100</v>
       </c>
       <c r="C1269" t="s">
-        <v>256</v>
+        <v>518</v>
       </c>
       <c r="D1269" t="s">
         <v>59</v>
       </c>
       <c r="E1269">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F1269" t="s">
-        <v>270</v>
+        <v>2102</v>
       </c>
       <c r="G1269" t="s">
-        <v>86</v>
+        <v>1056</v>
       </c>
       <c r="H1269"/>
     </row>
     <row r="1270" spans="1:8">
       <c r="A1270" t="s">
-        <v>2101</v>
+        <v>2103</v>
       </c>
       <c r="B1270" t="s">
-        <v>2102</v>
+        <v>2104</v>
       </c>
       <c r="C1270" t="s">
-        <v>278</v>
+        <v>310</v>
       </c>
       <c r="D1270" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1270">
         <v>1</v>
       </c>
       <c r="F1270" t="s">
-        <v>2103</v>
+        <v>1593</v>
       </c>
       <c r="G1270" t="s">
-        <v>2104</v>
+        <v>764</v>
       </c>
       <c r="H1270"/>
     </row>
     <row r="1271" spans="1:8">
       <c r="A1271" t="s">
         <v>2105</v>
       </c>
       <c r="B1271" t="s">
         <v>2106</v>
       </c>
       <c r="C1271" t="s">
-        <v>91</v>
+        <v>256</v>
       </c>
       <c r="D1271" t="s">
-        <v>11</v>
+        <v>59</v>
       </c>
       <c r="E1271">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F1271" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="G1271" t="s">
-        <v>297</v>
+        <v>86</v>
       </c>
       <c r="H1271"/>
     </row>
     <row r="1272" spans="1:8">
       <c r="A1272" t="s">
-        <v>2105</v>
+        <v>2107</v>
       </c>
       <c r="B1272" t="s">
-        <v>2106</v>
+        <v>2108</v>
       </c>
       <c r="C1272" t="s">
-        <v>91</v>
+        <v>278</v>
       </c>
       <c r="D1272" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E1272">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F1272" t="s">
-        <v>298</v>
+        <v>2109</v>
       </c>
       <c r="G1272" t="s">
-        <v>299</v>
+        <v>2110</v>
       </c>
       <c r="H1272"/>
     </row>
     <row r="1273" spans="1:8">
       <c r="A1273" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="B1273" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="C1273" t="s">
         <v>91</v>
       </c>
       <c r="D1273" t="s">
         <v>11</v>
       </c>
       <c r="E1273">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="F1273" t="s">
         <v>296</v>
       </c>
       <c r="G1273" t="s">
         <v>297</v>
       </c>
       <c r="H1273"/>
     </row>
     <row r="1274" spans="1:8">
       <c r="A1274" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="B1274" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="C1274" t="s">
         <v>91</v>
       </c>
       <c r="D1274" t="s">
         <v>11</v>
       </c>
       <c r="E1274">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F1274" t="s">
-        <v>151</v>
+        <v>298</v>
       </c>
       <c r="G1274" t="s">
-        <v>150</v>
+        <v>299</v>
       </c>
       <c r="H1274"/>
     </row>
     <row r="1275" spans="1:8">
       <c r="A1275" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
       <c r="B1275" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="C1275" t="s">
         <v>91</v>
       </c>
       <c r="D1275" t="s">
         <v>11</v>
       </c>
       <c r="E1275">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F1275" t="s">
-        <v>149</v>
+        <v>296</v>
       </c>
       <c r="G1275" t="s">
-        <v>150</v>
+        <v>297</v>
       </c>
       <c r="H1275"/>
     </row>
     <row r="1276" spans="1:8">
       <c r="A1276" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="B1276" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
       <c r="C1276" t="s">
-        <v>1004</v>
+        <v>91</v>
       </c>
       <c r="D1276" t="s">
-        <v>65</v>
+        <v>11</v>
       </c>
       <c r="E1276">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F1276" t="s">
-        <v>1042</v>
+        <v>151</v>
       </c>
       <c r="G1276" t="s">
-        <v>524</v>
+        <v>150</v>
       </c>
       <c r="H1276"/>
     </row>
     <row r="1277" spans="1:8">
       <c r="A1277" t="s">
-        <v>2111</v>
+        <v>2113</v>
       </c>
       <c r="B1277" t="s">
-        <v>2112</v>
+        <v>2114</v>
       </c>
       <c r="C1277" t="s">
         <v>91</v>
       </c>
       <c r="D1277" t="s">
         <v>11</v>
       </c>
       <c r="E1277">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F1277" t="s">
-        <v>296</v>
+        <v>149</v>
       </c>
       <c r="G1277" t="s">
-        <v>297</v>
+        <v>150</v>
       </c>
       <c r="H1277"/>
     </row>
     <row r="1278" spans="1:8">
       <c r="A1278" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="B1278" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="C1278" t="s">
-        <v>91</v>
+        <v>1005</v>
       </c>
       <c r="D1278" t="s">
-        <v>11</v>
+        <v>65</v>
       </c>
       <c r="E1278">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F1278" t="s">
-        <v>298</v>
+        <v>1043</v>
       </c>
       <c r="G1278" t="s">
-        <v>299</v>
+        <v>524</v>
       </c>
       <c r="H1278"/>
     </row>
     <row r="1279" spans="1:8">
       <c r="A1279" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="B1279" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="C1279" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="D1279" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E1279">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="F1279" t="s">
-        <v>521</v>
+        <v>296</v>
       </c>
       <c r="G1279" t="s">
-        <v>522</v>
+        <v>297</v>
       </c>
       <c r="H1279"/>
     </row>
     <row r="1280" spans="1:8">
       <c r="A1280" t="s">
-        <v>2115</v>
+        <v>2117</v>
       </c>
       <c r="B1280" t="s">
-        <v>2116</v>
+        <v>2118</v>
       </c>
       <c r="C1280" t="s">
-        <v>940</v>
+        <v>91</v>
       </c>
       <c r="D1280" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
       <c r="E1280">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1280" t="s">
-        <v>2117</v>
+        <v>298</v>
       </c>
       <c r="G1280" t="s">
-        <v>2118</v>
+        <v>299</v>
       </c>
       <c r="H1280"/>
     </row>
     <row r="1281" spans="1:8">
       <c r="A1281" t="s">
         <v>2119</v>
       </c>
       <c r="B1281" t="s">
         <v>2120</v>
       </c>
       <c r="C1281" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="D1281" t="s">
-        <v>44</v>
+        <v>74</v>
       </c>
       <c r="E1281">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1281" t="s">
-        <v>2121</v>
+        <v>521</v>
       </c>
       <c r="G1281" t="s">
-        <v>1936</v>
+        <v>522</v>
       </c>
       <c r="H1281"/>
     </row>
     <row r="1282" spans="1:8">
       <c r="A1282" t="s">
+        <v>2121</v>
+      </c>
+      <c r="B1282" t="s">
         <v>2122</v>
       </c>
-      <c r="B1282" t="s">
+      <c r="C1282" t="s">
+        <v>941</v>
+      </c>
+      <c r="D1282" t="s">
+        <v>74</v>
+      </c>
+      <c r="E1282">
+        <v>1</v>
+      </c>
+      <c r="F1282" t="s">
         <v>2123</v>
       </c>
-      <c r="C1282" t="s">
-[...8 lines deleted...]
-      <c r="F1282" t="s">
+      <c r="G1282" t="s">
         <v>2124</v>
-      </c>
-[...1 lines deleted...]
-        <v>1279</v>
       </c>
       <c r="H1282"/>
     </row>
     <row r="1283" spans="1:8">
       <c r="A1283" t="s">
-        <v>2122</v>
+        <v>2125</v>
       </c>
       <c r="B1283" t="s">
-        <v>2123</v>
+        <v>2126</v>
       </c>
       <c r="C1283" t="s">
-        <v>318</v>
+        <v>137</v>
       </c>
       <c r="D1283" t="s">
-        <v>319</v>
+        <v>44</v>
       </c>
       <c r="E1283">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1283" t="s">
-        <v>1683</v>
+        <v>2127</v>
       </c>
       <c r="G1283" t="s">
-        <v>595</v>
+        <v>1939</v>
       </c>
       <c r="H1283"/>
     </row>
     <row r="1284" spans="1:8">
       <c r="A1284" t="s">
-        <v>2122</v>
+        <v>2128</v>
       </c>
       <c r="B1284" t="s">
-        <v>2123</v>
+        <v>2129</v>
       </c>
       <c r="C1284" t="s">
         <v>318</v>
       </c>
       <c r="D1284" t="s">
         <v>319</v>
       </c>
       <c r="E1284">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1284" t="s">
-        <v>1248</v>
+        <v>2130</v>
       </c>
       <c r="G1284" t="s">
-        <v>1165</v>
+        <v>1280</v>
       </c>
       <c r="H1284"/>
     </row>
     <row r="1285" spans="1:8">
       <c r="A1285" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="B1285" t="s">
-        <v>2126</v>
+        <v>2129</v>
       </c>
       <c r="C1285" t="s">
-        <v>64</v>
+        <v>318</v>
       </c>
       <c r="D1285" t="s">
-        <v>65</v>
+        <v>319</v>
       </c>
       <c r="E1285">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1285" t="s">
-        <v>2127</v>
+        <v>1686</v>
       </c>
       <c r="G1285" t="s">
-        <v>2128</v>
+        <v>595</v>
       </c>
       <c r="H1285"/>
     </row>
     <row r="1286" spans="1:8">
       <c r="A1286" t="s">
+        <v>2128</v>
+      </c>
+      <c r="B1286" t="s">
         <v>2129</v>
       </c>
-      <c r="B1286" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C1286" t="s">
-        <v>64</v>
+        <v>318</v>
       </c>
       <c r="D1286" t="s">
-        <v>65</v>
+        <v>319</v>
       </c>
       <c r="E1286">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1286" t="s">
-        <v>2131</v>
+        <v>1249</v>
       </c>
       <c r="G1286" t="s">
-        <v>2128</v>
+        <v>1166</v>
       </c>
       <c r="H1286"/>
     </row>
     <row r="1287" spans="1:8">
       <c r="A1287" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B1287" t="s">
         <v>2132</v>
       </c>
-      <c r="B1287" t="s">
+      <c r="C1287" t="s">
+        <v>64</v>
+      </c>
+      <c r="D1287" t="s">
+        <v>65</v>
+      </c>
+      <c r="E1287">
+        <v>1</v>
+      </c>
+      <c r="F1287" t="s">
         <v>2133</v>
       </c>
-      <c r="C1287" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1287" t="s">
-        <v>80</v>
+        <v>2134</v>
       </c>
       <c r="H1287"/>
     </row>
     <row r="1288" spans="1:8">
       <c r="A1288" t="s">
-        <v>2132</v>
+        <v>2135</v>
       </c>
       <c r="B1288" t="s">
-        <v>2133</v>
+        <v>2136</v>
       </c>
       <c r="C1288" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="D1288" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="E1288">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1288" t="s">
-        <v>521</v>
+        <v>2137</v>
       </c>
       <c r="G1288" t="s">
-        <v>522</v>
+        <v>2134</v>
       </c>
       <c r="H1288"/>
     </row>
     <row r="1289" spans="1:8">
       <c r="A1289" t="s">
-        <v>2132</v>
+        <v>2138</v>
       </c>
       <c r="B1289" t="s">
-        <v>2133</v>
+        <v>2139</v>
       </c>
       <c r="C1289" t="s">
         <v>73</v>
       </c>
       <c r="D1289" t="s">
         <v>74</v>
       </c>
       <c r="E1289">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F1289" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="G1289" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="H1289"/>
     </row>
     <row r="1290" spans="1:8">
       <c r="A1290" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="B1290" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="C1290" t="s">
-        <v>1004</v>
+        <v>73</v>
       </c>
       <c r="D1290" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1290">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F1290" t="s">
-        <v>1042</v>
+        <v>521</v>
       </c>
       <c r="G1290" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="H1290"/>
     </row>
     <row r="1291" spans="1:8">
       <c r="A1291" t="s">
-        <v>2136</v>
+        <v>2138</v>
       </c>
       <c r="B1291" t="s">
-        <v>2137</v>
+        <v>2139</v>
       </c>
       <c r="C1291" t="s">
         <v>73</v>
       </c>
       <c r="D1291" t="s">
         <v>74</v>
       </c>
       <c r="E1291">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F1291" t="s">
-        <v>521</v>
+        <v>77</v>
       </c>
       <c r="G1291" t="s">
-        <v>522</v>
+        <v>78</v>
       </c>
       <c r="H1291"/>
     </row>
     <row r="1292" spans="1:8">
       <c r="A1292" t="s">
-        <v>2138</v>
+        <v>2140</v>
       </c>
       <c r="B1292" t="s">
-        <v>2139</v>
+        <v>2141</v>
       </c>
       <c r="C1292" t="s">
-        <v>144</v>
+        <v>1005</v>
       </c>
       <c r="D1292" t="s">
         <v>65</v>
       </c>
       <c r="E1292">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F1292" t="s">
-        <v>850</v>
+        <v>1043</v>
       </c>
       <c r="G1292" t="s">
-        <v>851</v>
+        <v>524</v>
       </c>
       <c r="H1292"/>
     </row>
     <row r="1293" spans="1:8">
       <c r="A1293" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
       <c r="B1293" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="C1293" t="s">
-        <v>144</v>
+        <v>73</v>
       </c>
       <c r="D1293" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E1293">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F1293" t="s">
-        <v>852</v>
+        <v>521</v>
       </c>
       <c r="G1293" t="s">
-        <v>853</v>
+        <v>522</v>
       </c>
       <c r="H1293"/>
     </row>
     <row r="1294" spans="1:8">
       <c r="A1294" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="B1294" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="C1294" t="s">
         <v>144</v>
       </c>
       <c r="D1294" t="s">
         <v>65</v>
       </c>
       <c r="E1294">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1294" t="s">
-        <v>852</v>
+        <v>846</v>
       </c>
       <c r="G1294" t="s">
-        <v>853</v>
+        <v>847</v>
       </c>
       <c r="H1294"/>
     </row>
     <row r="1295" spans="1:8">
       <c r="A1295" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="B1295" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="C1295" t="s">
         <v>144</v>
       </c>
       <c r="D1295" t="s">
         <v>65</v>
       </c>
       <c r="E1295">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F1295" t="s">
-        <v>850</v>
+        <v>848</v>
       </c>
       <c r="G1295" t="s">
-        <v>851</v>
+        <v>849</v>
       </c>
       <c r="H1295"/>
     </row>
     <row r="1296" spans="1:8">
       <c r="A1296" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="B1296" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="C1296" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D1296" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1296">
         <v>1</v>
       </c>
       <c r="F1296" t="s">
-        <v>1683</v>
+        <v>848</v>
       </c>
       <c r="G1296" t="s">
-        <v>595</v>
+        <v>849</v>
       </c>
       <c r="H1296"/>
     </row>
     <row r="1297" spans="1:8">
       <c r="A1297" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="B1297" t="s">
-        <v>2145</v>
+        <v>2147</v>
       </c>
       <c r="C1297" t="s">
-        <v>165</v>
+        <v>144</v>
       </c>
       <c r="D1297" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1297">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F1297" t="s">
-        <v>2146</v>
+        <v>846</v>
       </c>
       <c r="G1297" t="s">
-        <v>2147</v>
+        <v>847</v>
       </c>
       <c r="H1297"/>
     </row>
     <row r="1298" spans="1:8">
       <c r="A1298" t="s">
         <v>2148</v>
       </c>
       <c r="B1298" t="s">
         <v>2149</v>
       </c>
       <c r="C1298" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="D1298" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E1298">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F1298" t="s">
-        <v>199</v>
+        <v>1686</v>
       </c>
       <c r="G1298" t="s">
-        <v>196</v>
+        <v>595</v>
       </c>
       <c r="H1298"/>
     </row>
     <row r="1299" spans="1:8">
       <c r="A1299" t="s">
-        <v>2148</v>
+        <v>2150</v>
       </c>
       <c r="B1299" t="s">
-        <v>2149</v>
+        <v>2151</v>
       </c>
       <c r="C1299" t="s">
-        <v>194</v>
+        <v>165</v>
       </c>
       <c r="D1299" t="s">
-        <v>44</v>
+        <v>166</v>
       </c>
       <c r="E1299">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F1299" t="s">
-        <v>195</v>
+        <v>2152</v>
       </c>
       <c r="G1299" t="s">
-        <v>196</v>
+        <v>2153</v>
       </c>
       <c r="H1299"/>
     </row>
     <row r="1300" spans="1:8">
       <c r="A1300" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="B1300" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="C1300" t="s">
-        <v>1052</v>
+        <v>194</v>
       </c>
       <c r="D1300" t="s">
-        <v>65</v>
+        <v>44</v>
       </c>
       <c r="E1300">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F1300" t="s">
-        <v>2152</v>
+        <v>199</v>
       </c>
       <c r="G1300" t="s">
-        <v>284</v>
+        <v>196</v>
       </c>
       <c r="H1300"/>
     </row>
     <row r="1301" spans="1:8">
       <c r="A1301" t="s">
-        <v>2153</v>
+        <v>2154</v>
       </c>
       <c r="B1301" t="s">
-        <v>2154</v>
+        <v>2155</v>
       </c>
       <c r="C1301" t="s">
-        <v>137</v>
+        <v>194</v>
       </c>
       <c r="D1301" t="s">
         <v>44</v>
       </c>
       <c r="E1301">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="F1301" t="s">
-        <v>686</v>
+        <v>195</v>
       </c>
       <c r="G1301" t="s">
-        <v>687</v>
+        <v>196</v>
       </c>
       <c r="H1301"/>
     </row>
     <row r="1302" spans="1:8">
       <c r="A1302" t="s">
-        <v>2155</v>
+        <v>2156</v>
       </c>
       <c r="B1302" t="s">
-        <v>2156</v>
+        <v>2157</v>
       </c>
       <c r="C1302" t="s">
-        <v>194</v>
+        <v>1053</v>
       </c>
       <c r="D1302" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="E1302">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F1302" t="s">
-        <v>195</v>
+        <v>2158</v>
       </c>
       <c r="G1302" t="s">
-        <v>196</v>
+        <v>284</v>
       </c>
       <c r="H1302"/>
     </row>
     <row r="1303" spans="1:8">
       <c r="A1303" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="B1303" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="C1303" t="s">
-        <v>194</v>
+        <v>137</v>
       </c>
       <c r="D1303" t="s">
         <v>44</v>
       </c>
       <c r="E1303">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F1303" t="s">
-        <v>199</v>
+        <v>682</v>
       </c>
       <c r="G1303" t="s">
-        <v>196</v>
+        <v>683</v>
       </c>
       <c r="H1303"/>
     </row>
     <row r="1304" spans="1:8">
       <c r="A1304" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="B1304" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="C1304" t="s">
-        <v>58</v>
+        <v>194</v>
       </c>
       <c r="D1304" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E1304">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F1304" t="s">
-        <v>60</v>
+        <v>195</v>
       </c>
       <c r="G1304" t="s">
-        <v>61</v>
+        <v>196</v>
       </c>
       <c r="H1304"/>
     </row>
     <row r="1305" spans="1:8">
       <c r="A1305" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="B1305" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="C1305" t="s">
-        <v>58</v>
+        <v>194</v>
       </c>
       <c r="D1305" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="E1305">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F1305" t="s">
-        <v>236</v>
+        <v>199</v>
       </c>
       <c r="G1305" t="s">
-        <v>237</v>
+        <v>196</v>
       </c>
       <c r="H1305"/>
     </row>
     <row r="1306" spans="1:8">
       <c r="A1306" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="B1306" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="C1306" t="s">
-        <v>1052</v>
+        <v>58</v>
       </c>
       <c r="D1306" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E1306">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1306" t="s">
-        <v>2161</v>
+        <v>60</v>
       </c>
       <c r="G1306" t="s">
-        <v>713</v>
+        <v>61</v>
       </c>
       <c r="H1306"/>
     </row>
     <row r="1307" spans="1:8">
       <c r="A1307" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="B1307" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="C1307" t="s">
-        <v>1052</v>
+        <v>58</v>
       </c>
       <c r="D1307" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="E1307">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1307" t="s">
-        <v>2162</v>
+        <v>236</v>
       </c>
       <c r="G1307" t="s">
-        <v>1958</v>
+        <v>237</v>
       </c>
       <c r="H1307"/>
     </row>
     <row r="1308" spans="1:8">
       <c r="A1308" t="s">
-        <v>2159</v>
+        <v>2165</v>
       </c>
       <c r="B1308" t="s">
-        <v>2160</v>
+        <v>2166</v>
       </c>
       <c r="C1308" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="D1308" t="s">
         <v>65</v>
       </c>
       <c r="E1308">
         <v>1</v>
       </c>
       <c r="F1308" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="G1308" t="s">
-        <v>2164</v>
+        <v>709</v>
       </c>
       <c r="H1308"/>
     </row>
     <row r="1309" spans="1:8">
       <c r="A1309" t="s">
         <v>2165</v>
       </c>
       <c r="B1309" t="s">
         <v>2166</v>
       </c>
       <c r="C1309" t="s">
-        <v>1446</v>
+        <v>1053</v>
       </c>
       <c r="D1309" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1309">
         <v>1</v>
       </c>
       <c r="F1309" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="G1309" t="s">
-        <v>833</v>
-[...3 lines deleted...]
-      </c>
+        <v>1961</v>
+      </c>
+      <c r="H1309"/>
     </row>
     <row r="1310" spans="1:8">
       <c r="A1310" t="s">
         <v>2165</v>
       </c>
       <c r="B1310" t="s">
         <v>2166</v>
       </c>
       <c r="C1310" t="s">
-        <v>1446</v>
+        <v>1053</v>
       </c>
       <c r="D1310" t="s">
-        <v>166</v>
+        <v>65</v>
       </c>
       <c r="E1310">
         <v>1</v>
       </c>
       <c r="F1310" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="G1310" t="s">
-        <v>19</v>
-[...3 lines deleted...]
-      </c>
+        <v>2170</v>
+      </c>
+      <c r="H1310"/>
     </row>
     <row r="1311" spans="1:8">
       <c r="A1311" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="B1311" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="C1311" t="s">
-        <v>310</v>
+        <v>1447</v>
       </c>
       <c r="D1311" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E1311">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1311" t="s">
-        <v>338</v>
+        <v>2173</v>
       </c>
       <c r="G1311" t="s">
-        <v>339</v>
+        <v>829</v>
       </c>
       <c r="H1311">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1312" spans="1:8">
       <c r="A1312" t="s">
-        <v>2169</v>
+        <v>2171</v>
       </c>
       <c r="B1312" t="s">
-        <v>2170</v>
+        <v>2172</v>
       </c>
       <c r="C1312" t="s">
-        <v>310</v>
+        <v>1447</v>
       </c>
       <c r="D1312" t="s">
-        <v>74</v>
+        <v>166</v>
       </c>
       <c r="E1312">
         <v>1</v>
       </c>
       <c r="F1312" t="s">
-        <v>2171</v>
+        <v>2174</v>
       </c>
       <c r="G1312" t="s">
-        <v>1055</v>
-[...1 lines deleted...]
-      <c r="H1312"/>
+        <v>19</v>
+      </c>
+      <c r="H1312">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1313" spans="1:8">
       <c r="A1313" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="B1313" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="C1313" t="s">
         <v>310</v>
       </c>
       <c r="D1313" t="s">
         <v>74</v>
       </c>
       <c r="E1313">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1313" t="s">
-        <v>1196</v>
+        <v>338</v>
       </c>
       <c r="G1313" t="s">
-        <v>1197</v>
-[...1 lines deleted...]
-      <c r="H1313"/>
+        <v>339</v>
+      </c>
+      <c r="H1313">
+        <v>4.0</v>
+      </c>
     </row>
     <row r="1314" spans="1:8">
       <c r="A1314" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="B1314" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="C1314" t="s">
         <v>310</v>
       </c>
       <c r="D1314" t="s">
         <v>74</v>
       </c>
       <c r="E1314">
         <v>1</v>
       </c>
       <c r="F1314" t="s">
-        <v>1772</v>
+        <v>2177</v>
       </c>
       <c r="G1314" t="s">
-        <v>1773</v>
+        <v>1056</v>
       </c>
       <c r="H1314"/>
     </row>
     <row r="1315" spans="1:8">
       <c r="A1315" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="B1315" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="C1315" t="s">
         <v>310</v>
       </c>
       <c r="D1315" t="s">
         <v>74</v>
       </c>
       <c r="E1315">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F1315" t="s">
-        <v>314</v>
+        <v>1197</v>
       </c>
       <c r="G1315" t="s">
-        <v>315</v>
+        <v>1198</v>
       </c>
       <c r="H1315"/>
     </row>
     <row r="1316" spans="1:8">
       <c r="A1316" t="s">
-        <v>2172</v>
+        <v>2175</v>
       </c>
       <c r="B1316" t="s">
-        <v>2173</v>
+        <v>2176</v>
       </c>
       <c r="C1316" t="s">
         <v>310</v>
       </c>
       <c r="D1316" t="s">
         <v>74</v>
       </c>
       <c r="E1316">
         <v>1</v>
       </c>
       <c r="F1316" t="s">
-        <v>2174</v>
+        <v>1775</v>
       </c>
       <c r="G1316" t="s">
-        <v>768</v>
+        <v>1776</v>
       </c>
       <c r="H1316"/>
     </row>
     <row r="1317" spans="1:8">
       <c r="A1317" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1317" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1317" t="s">
         <v>310</v>
       </c>
       <c r="D1317" t="s">
         <v>74</v>
       </c>
       <c r="E1317">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1317" t="s">
-        <v>2175</v>
+        <v>314</v>
       </c>
       <c r="G1317" t="s">
-        <v>2176</v>
+        <v>315</v>
       </c>
       <c r="H1317"/>
     </row>
     <row r="1318" spans="1:8">
       <c r="A1318" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1318" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1318" t="s">
         <v>310</v>
       </c>
       <c r="D1318" t="s">
         <v>74</v>
       </c>
       <c r="E1318">
         <v>1</v>
       </c>
       <c r="F1318" t="s">
-        <v>1095</v>
+        <v>2180</v>
       </c>
       <c r="G1318" t="s">
-        <v>173</v>
+        <v>764</v>
       </c>
       <c r="H1318"/>
     </row>
     <row r="1319" spans="1:8">
       <c r="A1319" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1319" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1319" t="s">
         <v>310</v>
       </c>
       <c r="D1319" t="s">
         <v>74</v>
       </c>
       <c r="E1319">
         <v>1</v>
       </c>
       <c r="F1319" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
       <c r="G1319" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="H1319"/>
     </row>
     <row r="1320" spans="1:8">
       <c r="A1320" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1320" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1320" t="s">
         <v>310</v>
       </c>
       <c r="D1320" t="s">
         <v>74</v>
       </c>
       <c r="E1320">
         <v>1</v>
       </c>
       <c r="F1320" t="s">
-        <v>1248</v>
+        <v>1096</v>
       </c>
       <c r="G1320" t="s">
-        <v>1165</v>
+        <v>173</v>
       </c>
       <c r="H1320"/>
     </row>
     <row r="1321" spans="1:8">
       <c r="A1321" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1321" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1321" t="s">
         <v>310</v>
       </c>
       <c r="D1321" t="s">
         <v>74</v>
       </c>
       <c r="E1321">
         <v>1</v>
       </c>
       <c r="F1321" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="G1321" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="H1321"/>
     </row>
     <row r="1322" spans="1:8">
       <c r="A1322" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1322" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1322" t="s">
         <v>310</v>
       </c>
       <c r="D1322" t="s">
         <v>74</v>
       </c>
       <c r="E1322">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1322" t="s">
-        <v>1292</v>
+        <v>1249</v>
       </c>
       <c r="G1322" t="s">
-        <v>293</v>
+        <v>1166</v>
       </c>
       <c r="H1322"/>
     </row>
     <row r="1323" spans="1:8">
       <c r="A1323" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1323" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1323" t="s">
         <v>310</v>
       </c>
       <c r="D1323" t="s">
         <v>74</v>
       </c>
       <c r="E1323">
         <v>1</v>
       </c>
       <c r="F1323" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
       <c r="G1323" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>2186</v>
+      </c>
+      <c r="H1323"/>
     </row>
     <row r="1324" spans="1:8">
       <c r="A1324" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1324" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1324" t="s">
         <v>310</v>
       </c>
       <c r="D1324" t="s">
         <v>74</v>
       </c>
       <c r="E1324">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1324" t="s">
-        <v>2182</v>
+        <v>1293</v>
       </c>
       <c r="G1324" t="s">
-        <v>2183</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="H1324"/>
     </row>
     <row r="1325" spans="1:8">
       <c r="A1325" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1325" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1325" t="s">
         <v>310</v>
       </c>
       <c r="D1325" t="s">
         <v>74</v>
       </c>
       <c r="E1325">
         <v>1</v>
       </c>
       <c r="F1325" t="s">
-        <v>2184</v>
+        <v>2187</v>
       </c>
       <c r="G1325" t="s">
-        <v>2185</v>
+        <v>499</v>
       </c>
       <c r="H1325">
         <v>1.0</v>
       </c>
     </row>
     <row r="1326" spans="1:8">
       <c r="A1326" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1326" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1326" t="s">
         <v>310</v>
       </c>
       <c r="D1326" t="s">
         <v>74</v>
       </c>
       <c r="E1326">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1326" t="s">
-        <v>1731</v>
+        <v>2188</v>
       </c>
       <c r="G1326" t="s">
-        <v>902</v>
-[...1 lines deleted...]
-      <c r="H1326"/>
+        <v>2189</v>
+      </c>
+      <c r="H1326">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1327" spans="1:8">
       <c r="A1327" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="B1327" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="C1327" t="s">
         <v>310</v>
       </c>
       <c r="D1327" t="s">
         <v>74</v>
       </c>
       <c r="E1327">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1327" t="s">
-        <v>870</v>
+        <v>2190</v>
       </c>
       <c r="G1327" t="s">
-        <v>871</v>
+        <v>2191</v>
       </c>
       <c r="H1327">
         <v>1.0</v>
       </c>
     </row>
     <row r="1328" spans="1:8">
       <c r="A1328" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
       <c r="B1328" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="C1328" t="s">
         <v>310</v>
       </c>
       <c r="D1328" t="s">
         <v>74</v>
       </c>
       <c r="E1328">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1328" t="s">
-        <v>2188</v>
+        <v>1734</v>
       </c>
       <c r="G1328" t="s">
-        <v>2189</v>
-[...3 lines deleted...]
-      </c>
+        <v>903</v>
+      </c>
+      <c r="H1328"/>
     </row>
     <row r="1329" spans="1:8">
       <c r="A1329" t="s">
-        <v>2186</v>
+        <v>2178</v>
       </c>
       <c r="B1329" t="s">
-        <v>2187</v>
+        <v>2179</v>
       </c>
       <c r="C1329" t="s">
         <v>310</v>
       </c>
       <c r="D1329" t="s">
         <v>74</v>
       </c>
       <c r="E1329">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1329" t="s">
-        <v>2190</v>
+        <v>871</v>
       </c>
       <c r="G1329" t="s">
-        <v>2189</v>
+        <v>872</v>
       </c>
       <c r="H1329">
         <v>1.0</v>
       </c>
     </row>
     <row r="1330" spans="1:8">
       <c r="A1330" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B1330" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="C1330" t="s">
         <v>310</v>
       </c>
       <c r="D1330" t="s">
         <v>74</v>
       </c>
       <c r="E1330">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1330" t="s">
-        <v>331</v>
+        <v>2194</v>
       </c>
       <c r="G1330" t="s">
-        <v>332</v>
+        <v>2195</v>
       </c>
       <c r="H1330">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1331" spans="1:8">
       <c r="A1331" t="s">
-        <v>2191</v>
+        <v>2192</v>
       </c>
       <c r="B1331" t="s">
-        <v>2192</v>
+        <v>2193</v>
       </c>
       <c r="C1331" t="s">
         <v>310</v>
       </c>
       <c r="D1331" t="s">
         <v>74</v>
       </c>
       <c r="E1331">
         <v>1</v>
       </c>
       <c r="F1331" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="G1331" t="s">
-        <v>21</v>
+        <v>2195</v>
       </c>
       <c r="H1331">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1332" spans="1:8">
       <c r="A1332" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="B1332" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="C1332" t="s">
         <v>310</v>
       </c>
       <c r="D1332" t="s">
         <v>74</v>
       </c>
       <c r="E1332">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F1332" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="G1332" t="s">
-        <v>334</v>
-[...1 lines deleted...]
-      <c r="H1332"/>
+        <v>332</v>
+      </c>
+      <c r="H1332">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="1333" spans="1:8">
       <c r="A1333" t="s">
-        <v>2191</v>
+        <v>2197</v>
       </c>
       <c r="B1333" t="s">
-        <v>2192</v>
+        <v>2198</v>
       </c>
       <c r="C1333" t="s">
         <v>310</v>
       </c>
       <c r="D1333" t="s">
         <v>74</v>
       </c>
       <c r="E1333">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F1333" t="s">
-        <v>1126</v>
+        <v>2199</v>
       </c>
       <c r="G1333" t="s">
-        <v>1127</v>
-[...1 lines deleted...]
-      <c r="H1333"/>
+        <v>21</v>
+      </c>
+      <c r="H1333">
+        <v>5.0</v>
+      </c>
     </row>
     <row r="1334" spans="1:8">
       <c r="A1334" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="B1334" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C1334" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="D1334" t="s">
-        <v>319</v>
+        <v>74</v>
       </c>
       <c r="E1334">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F1334" t="s">
-        <v>2196</v>
+        <v>333</v>
       </c>
       <c r="G1334" t="s">
-        <v>2197</v>
+        <v>334</v>
       </c>
       <c r="H1334"/>
     </row>
     <row r="1335" spans="1:8">
       <c r="A1335" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="B1335" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="C1335" t="s">
-        <v>318</v>
+        <v>310</v>
       </c>
       <c r="D1335" t="s">
-        <v>319</v>
+        <v>74</v>
       </c>
       <c r="E1335">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F1335" t="s">
-        <v>2198</v>
+        <v>1127</v>
       </c>
       <c r="G1335" t="s">
-        <v>2199</v>
+        <v>1128</v>
       </c>
       <c r="H1335"/>
     </row>
     <row r="1336" spans="1:8">
       <c r="A1336" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1336" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1336" t="s">
         <v>318</v>
       </c>
       <c r="D1336" t="s">
         <v>319</v>
       </c>
       <c r="E1336">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1336" t="s">
-        <v>669</v>
+        <v>2202</v>
       </c>
       <c r="G1336" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>2203</v>
+      </c>
+      <c r="H1336"/>
     </row>
     <row r="1337" spans="1:8">
       <c r="A1337" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1337" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1337" t="s">
         <v>318</v>
       </c>
       <c r="D1337" t="s">
         <v>319</v>
       </c>
       <c r="E1337">
         <v>1</v>
       </c>
       <c r="F1337" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
       <c r="G1337" t="s">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>2205</v>
+      </c>
+      <c r="H1337"/>
     </row>
     <row r="1338" spans="1:8">
       <c r="A1338" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1338" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1338" t="s">
         <v>318</v>
       </c>
       <c r="D1338" t="s">
         <v>319</v>
       </c>
       <c r="E1338">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1338" t="s">
-        <v>2201</v>
+        <v>665</v>
       </c>
       <c r="G1338" t="s">
-        <v>1995</v>
+        <v>666</v>
       </c>
       <c r="H1338">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
     </row>
     <row r="1339" spans="1:8">
       <c r="A1339" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1339" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1339" t="s">
         <v>318</v>
       </c>
       <c r="D1339" t="s">
         <v>319</v>
       </c>
       <c r="E1339">
         <v>1</v>
       </c>
       <c r="F1339" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="G1339" t="s">
-        <v>2203</v>
+        <v>40</v>
       </c>
       <c r="H1339">
         <v>1.0</v>
       </c>
     </row>
     <row r="1340" spans="1:8">
       <c r="A1340" t="s">
-        <v>2194</v>
+        <v>2200</v>
       </c>
       <c r="B1340" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C1340" t="s">
         <v>318</v>
       </c>
       <c r="D1340" t="s">
         <v>319</v>
       </c>
       <c r="E1340">
         <v>1</v>
       </c>
       <c r="F1340" t="s">
-        <v>2204</v>
+        <v>2207</v>
       </c>
       <c r="G1340" t="s">
-        <v>2205</v>
+        <v>1998</v>
       </c>
       <c r="H1340">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
     </row>
     <row r="1341" spans="1:8">
       <c r="A1341" t="s">
-        <v>2206</v>
+        <v>2200</v>
       </c>
       <c r="B1341" t="s">
-        <v>2207</v>
+        <v>2201</v>
       </c>
       <c r="C1341" t="s">
-        <v>137</v>
+        <v>318</v>
       </c>
       <c r="D1341" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="E1341">
         <v>1</v>
       </c>
       <c r="F1341" t="s">
         <v>2208</v>
       </c>
       <c r="G1341" t="s">
-        <v>261</v>
+        <v>2209</v>
       </c>
       <c r="H1341">
         <v>1.0</v>
       </c>
     </row>
     <row r="1342" spans="1:8">
       <c r="A1342" t="s">
-        <v>2206</v>
+        <v>2200</v>
       </c>
       <c r="B1342" t="s">
-        <v>2207</v>
+        <v>2201</v>
       </c>
       <c r="C1342" t="s">
-        <v>137</v>
+        <v>318</v>
       </c>
       <c r="D1342" t="s">
-        <v>44</v>
+        <v>319</v>
       </c>
       <c r="E1342">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F1342" t="s">
-        <v>678</v>
+        <v>2210</v>
       </c>
       <c r="G1342" t="s">
-        <v>679</v>
-[...1 lines deleted...]
-      <c r="H1342"/>
+        <v>2211</v>
+      </c>
+      <c r="H1342">
+        <v>2.0</v>
+      </c>
     </row>
     <row r="1343" spans="1:8">
       <c r="A1343" t="s">
-        <v>2206</v>
+        <v>2212</v>
       </c>
       <c r="B1343" t="s">
-        <v>2207</v>
+        <v>2213</v>
       </c>
       <c r="C1343" t="s">
         <v>137</v>
       </c>
       <c r="D1343" t="s">
         <v>44</v>
       </c>
       <c r="E1343">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F1343" t="s">
-        <v>140</v>
+        <v>2214</v>
       </c>
       <c r="G1343" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="H1343"/>
+        <v>261</v>
+      </c>
+      <c r="H1343">
+        <v>1.0</v>
+      </c>
     </row>
     <row r="1344" spans="1:8">
       <c r="A1344" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="B1344" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="C1344" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="D1344" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E1344">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F1344" t="s">
-        <v>2211</v>
+        <v>674</v>
       </c>
       <c r="G1344" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="H1344"/>
     </row>
     <row r="1345" spans="1:8">
       <c r="A1345" t="s">
-        <v>2209</v>
+        <v>2212</v>
       </c>
       <c r="B1345" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="C1345" t="s">
-        <v>165</v>
+        <v>137</v>
       </c>
       <c r="D1345" t="s">
-        <v>166</v>
+        <v>44</v>
       </c>
       <c r="E1345">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F1345" t="s">
-        <v>2212</v>
+        <v>140</v>
       </c>
       <c r="G1345" t="s">
-        <v>499</v>
-[...3 lines deleted...]
-      </c>
+        <v>141</v>
+      </c>
+      <c r="H1345"/>
     </row>
     <row r="1346" spans="1:8">
       <c r="A1346" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1346" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1346" t="s">
         <v>165</v>
       </c>
       <c r="D1346" t="s">
         <v>166</v>
       </c>
       <c r="E1346">
         <v>1</v>
       </c>
       <c r="F1346" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="G1346" t="s">
         <v>499</v>
       </c>
       <c r="H1346">
         <v>1.0</v>
       </c>
     </row>
     <row r="1347" spans="1:8">
       <c r="A1347" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1347" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1347" t="s">
         <v>165</v>
       </c>
       <c r="D1347" t="s">
         <v>166</v>
       </c>
       <c r="E1347">
         <v>1</v>
       </c>
       <c r="F1347" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
       <c r="G1347" t="s">
         <v>499</v>
       </c>
       <c r="H1347">
         <v>1.0</v>
       </c>
     </row>
     <row r="1348" spans="1:8">
       <c r="A1348" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1348" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1348" t="s">
         <v>165</v>
       </c>
       <c r="D1348" t="s">
         <v>166</v>
       </c>
       <c r="E1348">
         <v>1</v>
       </c>
       <c r="F1348" t="s">
-        <v>2215</v>
+        <v>2219</v>
       </c>
       <c r="G1348" t="s">
         <v>499</v>
       </c>
       <c r="H1348">
         <v>1.0</v>
       </c>
     </row>
     <row r="1349" spans="1:8">
       <c r="A1349" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1349" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1349" t="s">
         <v>165</v>
       </c>
       <c r="D1349" t="s">
         <v>166</v>
       </c>
       <c r="E1349">
         <v>1</v>
       </c>
       <c r="F1349" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="G1349" t="s">
         <v>499</v>
       </c>
       <c r="H1349">
         <v>1.0</v>
       </c>
     </row>
     <row r="1350" spans="1:8">
       <c r="A1350" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1350" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1350" t="s">
         <v>165</v>
       </c>
       <c r="D1350" t="s">
         <v>166</v>
       </c>
       <c r="E1350">
         <v>1</v>
       </c>
       <c r="F1350" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="G1350" t="s">
         <v>499</v>
       </c>
       <c r="H1350">
         <v>1.0</v>
       </c>
     </row>
     <row r="1351" spans="1:8">
       <c r="A1351" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1351" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1351" t="s">
         <v>165</v>
       </c>
       <c r="D1351" t="s">
         <v>166</v>
       </c>
       <c r="E1351">
         <v>1</v>
       </c>
       <c r="F1351" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="G1351" t="s">
         <v>499</v>
       </c>
       <c r="H1351">
         <v>1.0</v>
       </c>
     </row>
     <row r="1352" spans="1:8">
       <c r="A1352" t="s">
-        <v>2209</v>
+        <v>2215</v>
       </c>
       <c r="B1352" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C1352" t="s">
         <v>165</v>
       </c>
       <c r="D1352" t="s">
         <v>166</v>
       </c>
       <c r="E1352">
+        <v>1</v>
+      </c>
+      <c r="F1352" t="s">
+        <v>2223</v>
+      </c>
+      <c r="G1352" t="s">
+        <v>499</v>
+      </c>
+      <c r="H1352">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:8">
+      <c r="A1353" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B1353" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C1353" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1353" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1353">
+        <v>1</v>
+      </c>
+      <c r="F1353" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G1353" t="s">
+        <v>499</v>
+      </c>
+      <c r="H1353">
+        <v>1.0</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:8">
+      <c r="A1354" t="s">
+        <v>2215</v>
+      </c>
+      <c r="B1354" t="s">
+        <v>2216</v>
+      </c>
+      <c r="C1354" t="s">
+        <v>165</v>
+      </c>
+      <c r="D1354" t="s">
+        <v>166</v>
+      </c>
+      <c r="E1354">
         <v>2</v>
       </c>
-      <c r="F1352" t="s">
-[...5 lines deleted...]
-      <c r="H1352"/>
+      <c r="F1354" t="s">
+        <v>1726</v>
+      </c>
+      <c r="G1354" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H1354"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>